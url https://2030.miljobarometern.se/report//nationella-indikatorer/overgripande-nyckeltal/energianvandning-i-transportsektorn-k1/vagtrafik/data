--- v0 (2025-10-16)
+++ v1 (2025-12-03)
@@ -1364,51 +1364,51 @@
       </c>
       <c r="E47" s="3">
         <v>2023</v>
       </c>
       <c r="F47">
         <v>0.14296</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
         <v>10</v>
       </c>
       <c r="D48" s="2">
         <v>45657</v>
       </c>
       <c r="E48" s="3">
         <v>2024</v>
       </c>
       <c r="F48">
-        <v>0.17</v>
+        <v>0.19</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
         <v>11</v>
       </c>
       <c r="D49" s="2">
         <v>39082</v>
       </c>
       <c r="E49" s="3">
         <v>2006</v>
       </c>
       <c r="F49">
         <v>9.4752</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>