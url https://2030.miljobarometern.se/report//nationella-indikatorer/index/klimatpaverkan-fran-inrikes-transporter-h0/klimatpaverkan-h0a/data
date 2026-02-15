--- v0 (2025-10-19)
+++ v1 (2026-02-15)
@@ -774,71 +774,71 @@
       </c>
       <c r="E18" s="3">
         <v>2022</v>
       </c>
       <c r="F18">
         <v>13.62</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="2">
         <v>45291</v>
       </c>
       <c r="E19" s="3">
         <v>2023</v>
       </c>
       <c r="F19">
-        <v>13.51</v>
+        <v>13.55</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2">
         <v>45657</v>
       </c>
       <c r="E20" s="3">
         <v>2024</v>
       </c>
       <c r="F20">
-        <v>16.53</v>
+        <v>16.58</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>
   <cp:lastModifiedBy/>