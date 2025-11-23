--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -1019,51 +1019,51 @@
       </c>
       <c r="E29" s="3">
         <v>2023</v>
       </c>
       <c r="F29">
         <v>1.51</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>9</v>
       </c>
       <c r="D30" s="2">
         <v>45657</v>
       </c>
       <c r="E30" s="3">
         <v>2024</v>
       </c>
       <c r="F30">
-        <v>1.8</v>
+        <v>2</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2">
         <v>39082</v>
       </c>
       <c r="E31" s="3">
         <v>2006</v>
       </c>
       <c r="F31">
         <v>1.89</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>