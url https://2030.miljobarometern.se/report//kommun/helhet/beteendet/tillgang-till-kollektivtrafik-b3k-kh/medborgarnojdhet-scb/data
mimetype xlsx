--- v0 (2025-11-04)
+++ v1 (2026-02-16)
@@ -1496,31819 +1496,31839 @@
       </c>
       <c r="B14" t="s">
         <v>7</v>
       </c>
       <c r="C14" t="s">
         <v>8</v>
       </c>
       <c r="D14" s="2">
         <v>45657</v>
       </c>
       <c r="E14" s="3">
         <v>2024</v>
       </c>
       <c r="F14">
         <v>6.71</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="s">
         <v>6</v>
       </c>
       <c r="B15" t="s">
         <v>7</v>
       </c>
       <c r="C15" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="D15" s="2">
-        <v>41274</v>
+        <v>46022</v>
       </c>
       <c r="E15" s="3">
-        <v>2012</v>
+        <v>2025</v>
       </c>
       <c r="F15">
-        <v>6.72</v>
+        <v>6.88</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="s">
         <v>6</v>
       </c>
       <c r="B16" t="s">
         <v>7</v>
       </c>
       <c r="C16" t="s">
         <v>9</v>
       </c>
       <c r="D16" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E16" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F16">
-        <v>7.372</v>
+        <v>6.72</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="s">
         <v>6</v>
       </c>
       <c r="B17" t="s">
         <v>7</v>
       </c>
       <c r="C17" t="s">
         <v>9</v>
       </c>
       <c r="D17" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E17" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F17">
-        <v>7.1</v>
+        <v>7.372</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="s">
         <v>6</v>
       </c>
       <c r="B18" t="s">
         <v>7</v>
       </c>
       <c r="C18" t="s">
         <v>9</v>
       </c>
       <c r="D18" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E18" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F18">
-        <v>6.8</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="s">
         <v>6</v>
       </c>
       <c r="B19" t="s">
         <v>7</v>
       </c>
       <c r="C19" t="s">
         <v>9</v>
       </c>
       <c r="D19" s="2">
-        <v>45291</v>
+        <v>43465</v>
       </c>
       <c r="E19" s="3">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="F19">
-        <v>7.36</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="s">
         <v>6</v>
       </c>
       <c r="B20" t="s">
         <v>7</v>
       </c>
       <c r="C20" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D20" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E20" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F20">
-        <v>6.141</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="s">
         <v>6</v>
       </c>
       <c r="B21" t="s">
         <v>7</v>
       </c>
       <c r="C21" t="s">
         <v>10</v>
       </c>
       <c r="D21" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E21" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F21">
-        <v>6.347</v>
+        <v>6.141</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="s">
         <v>6</v>
       </c>
       <c r="B22" t="s">
         <v>7</v>
       </c>
       <c r="C22" t="s">
         <v>10</v>
       </c>
       <c r="D22" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E22" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F22">
-        <v>6.16</v>
+        <v>6.347</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="s">
         <v>6</v>
       </c>
       <c r="B23" t="s">
         <v>7</v>
       </c>
       <c r="C23" t="s">
         <v>10</v>
       </c>
       <c r="D23" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E23" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F23">
-        <v>6.32655</v>
+        <v>6.16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="s">
         <v>6</v>
       </c>
       <c r="B24" t="s">
         <v>7</v>
       </c>
       <c r="C24" t="s">
         <v>10</v>
       </c>
       <c r="D24" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E24" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F24">
-        <v>6.4</v>
+        <v>6.32655</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="s">
         <v>6</v>
       </c>
       <c r="B25" t="s">
         <v>7</v>
       </c>
       <c r="C25" t="s">
         <v>10</v>
       </c>
       <c r="D25" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E25" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F25">
         <v>6.4</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="s">
         <v>6</v>
       </c>
       <c r="B26" t="s">
         <v>7</v>
       </c>
       <c r="C26" t="s">
         <v>10</v>
       </c>
       <c r="D26" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E26" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F26">
-        <v>6</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="s">
         <v>6</v>
       </c>
       <c r="B27" t="s">
         <v>7</v>
       </c>
       <c r="C27" t="s">
         <v>10</v>
       </c>
       <c r="D27" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E27" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F27">
-        <v>5.9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="s">
         <v>6</v>
       </c>
       <c r="B28" t="s">
         <v>7</v>
       </c>
       <c r="C28" t="s">
         <v>10</v>
       </c>
       <c r="D28" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E28" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F28">
-        <v>6</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="s">
         <v>6</v>
       </c>
       <c r="B29" t="s">
         <v>7</v>
       </c>
       <c r="C29" t="s">
         <v>10</v>
       </c>
       <c r="D29" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E29" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F29">
-        <v>6.35</v>
+        <v>6</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="s">
         <v>6</v>
       </c>
       <c r="B30" t="s">
         <v>7</v>
       </c>
       <c r="C30" t="s">
         <v>10</v>
       </c>
       <c r="D30" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E30" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F30">
-        <v>5.64</v>
+        <v>6.35</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="s">
         <v>6</v>
       </c>
       <c r="B31" t="s">
         <v>7</v>
       </c>
       <c r="C31" t="s">
         <v>10</v>
       </c>
       <c r="D31" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E31" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F31">
-        <v>6.18</v>
+        <v>5.64</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="s">
         <v>6</v>
       </c>
       <c r="B32" t="s">
         <v>7</v>
       </c>
       <c r="C32" t="s">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D32" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E32" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F32">
-        <v>5.583</v>
+        <v>6.18</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="s">
         <v>6</v>
       </c>
       <c r="B33" t="s">
         <v>7</v>
       </c>
       <c r="C33" t="s">
         <v>11</v>
       </c>
       <c r="D33" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E33" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F33">
-        <v>6.28043</v>
+        <v>5.583</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="s">
         <v>6</v>
       </c>
       <c r="B34" t="s">
         <v>7</v>
       </c>
       <c r="C34" t="s">
         <v>11</v>
       </c>
       <c r="D34" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E34" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F34">
-        <v>6.2</v>
+        <v>6.28043</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="s">
         <v>6</v>
       </c>
       <c r="B35" t="s">
         <v>7</v>
       </c>
       <c r="C35" t="s">
         <v>11</v>
       </c>
       <c r="D35" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E35" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F35">
-        <v>5.9</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="s">
         <v>6</v>
       </c>
       <c r="B36" t="s">
         <v>7</v>
       </c>
       <c r="C36" t="s">
         <v>11</v>
       </c>
       <c r="D36" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E36" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F36">
-        <v>5.38</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="s">
         <v>6</v>
       </c>
       <c r="B37" t="s">
         <v>7</v>
       </c>
       <c r="C37" t="s">
         <v>11</v>
       </c>
       <c r="D37" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E37" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F37">
         <v>5.38</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="s">
         <v>6</v>
       </c>
       <c r="B38" t="s">
         <v>7</v>
       </c>
       <c r="C38" t="s">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="D38" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E38" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F38">
-        <v>4.807</v>
+        <v>5.38</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="s">
         <v>6</v>
       </c>
       <c r="B39" t="s">
         <v>7</v>
       </c>
       <c r="C39" t="s">
         <v>12</v>
       </c>
       <c r="D39" s="2">
-        <v>43100</v>
+        <v>41639</v>
       </c>
       <c r="E39" s="3">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="F39">
-        <v>5.7</v>
+        <v>4.807</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="s">
         <v>6</v>
       </c>
       <c r="B40" t="s">
         <v>7</v>
       </c>
       <c r="C40" t="s">
         <v>12</v>
       </c>
       <c r="D40" s="2">
-        <v>44561</v>
+        <v>43100</v>
       </c>
       <c r="E40" s="3">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="F40">
-        <v>4.75</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="s">
         <v>6</v>
       </c>
       <c r="B41" t="s">
         <v>7</v>
       </c>
       <c r="C41" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D41" s="2">
-        <v>41639</v>
+        <v>44561</v>
       </c>
       <c r="E41" s="3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F41">
-        <v>4.698</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="s">
         <v>6</v>
       </c>
       <c r="B42" t="s">
         <v>7</v>
       </c>
       <c r="C42" t="s">
         <v>13</v>
       </c>
       <c r="D42" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E42" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F42">
-        <v>4.77963</v>
+        <v>4.698</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="s">
         <v>6</v>
       </c>
       <c r="B43" t="s">
         <v>7</v>
       </c>
       <c r="C43" t="s">
         <v>13</v>
       </c>
       <c r="D43" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E43" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F43">
-        <v>5.1</v>
+        <v>4.77963</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" t="s">
         <v>6</v>
       </c>
       <c r="B44" t="s">
         <v>7</v>
       </c>
       <c r="C44" t="s">
         <v>13</v>
       </c>
       <c r="D44" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E44" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F44">
-        <v>4.9</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" t="s">
         <v>6</v>
       </c>
       <c r="B45" t="s">
         <v>7</v>
       </c>
       <c r="C45" t="s">
         <v>13</v>
       </c>
       <c r="D45" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E45" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F45">
-        <v>3.79</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" t="s">
         <v>6</v>
       </c>
       <c r="B46" t="s">
         <v>7</v>
       </c>
       <c r="C46" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D46" s="2">
-        <v>42735</v>
+        <v>44561</v>
       </c>
       <c r="E46" s="3">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="F46">
-        <v>2.6</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" t="s">
         <v>6</v>
       </c>
       <c r="B47" t="s">
         <v>7</v>
       </c>
       <c r="C47" t="s">
         <v>14</v>
       </c>
       <c r="D47" s="2">
-        <v>45291</v>
+        <v>42735</v>
       </c>
       <c r="E47" s="3">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="F47">
-        <v>0.69</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" t="s">
         <v>6</v>
       </c>
       <c r="B48" t="s">
         <v>7</v>
       </c>
       <c r="C48" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="D48" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E48" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F48">
-        <v>3.348</v>
+        <v>0.69</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" t="s">
         <v>6</v>
       </c>
       <c r="B49" t="s">
         <v>7</v>
       </c>
       <c r="C49" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E49" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F49">
-        <v>3.03299</v>
+        <v>3.348</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" t="s">
         <v>6</v>
       </c>
       <c r="B50" t="s">
         <v>7</v>
       </c>
       <c r="C50" t="s">
         <v>15</v>
       </c>
       <c r="D50" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E50" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F50">
-        <v>3.6</v>
+        <v>3.03299</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" t="s">
         <v>6</v>
       </c>
       <c r="B51" t="s">
         <v>7</v>
       </c>
       <c r="C51" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E51" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F51">
-        <v>2.9</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" t="s">
         <v>6</v>
       </c>
       <c r="B52" t="s">
         <v>7</v>
       </c>
       <c r="C52" t="s">
         <v>15</v>
       </c>
       <c r="D52" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E52" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F52">
-        <v>1.28</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" t="s">
         <v>6</v>
       </c>
       <c r="B53" t="s">
         <v>7</v>
       </c>
       <c r="C53" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D53" s="2">
-        <v>41639</v>
+        <v>44561</v>
       </c>
       <c r="E53" s="3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F53">
-        <v>4.538</v>
+        <v>1.28</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" t="s">
         <v>6</v>
       </c>
       <c r="B54" t="s">
         <v>7</v>
       </c>
       <c r="C54" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E54" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F54">
-        <v>4.44716</v>
+        <v>4.538</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" t="s">
         <v>6</v>
       </c>
       <c r="B55" t="s">
         <v>7</v>
       </c>
       <c r="C55" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E55" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F55">
-        <v>4.5</v>
+        <v>4.44716</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" t="s">
         <v>6</v>
       </c>
       <c r="B56" t="s">
         <v>7</v>
       </c>
       <c r="C56" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="2">
-        <v>44926</v>
+        <v>43100</v>
       </c>
       <c r="E56" s="3">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="F56">
-        <v>3.36</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="s">
         <v>6</v>
       </c>
       <c r="B57" t="s">
         <v>7</v>
       </c>
       <c r="C57" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="D57" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E57" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F57">
-        <v>3.446</v>
+        <v>3.36</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" t="s">
         <v>6</v>
       </c>
       <c r="B58" t="s">
         <v>7</v>
       </c>
       <c r="C58" t="s">
         <v>17</v>
       </c>
       <c r="D58" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E58" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F58">
-        <v>3.475</v>
+        <v>3.446</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" t="s">
         <v>6</v>
       </c>
       <c r="B59" t="s">
         <v>7</v>
       </c>
       <c r="C59" t="s">
         <v>17</v>
       </c>
       <c r="D59" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E59" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F59">
-        <v>4.2</v>
+        <v>3.475</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" t="s">
         <v>6</v>
       </c>
       <c r="B60" t="s">
         <v>7</v>
       </c>
       <c r="C60" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D60" s="2">
-        <v>41274</v>
+        <v>42735</v>
       </c>
       <c r="E60" s="3">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="F60">
-        <v>5.474</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" t="s">
         <v>6</v>
       </c>
       <c r="B61" t="s">
         <v>7</v>
       </c>
       <c r="C61" t="s">
         <v>18</v>
       </c>
       <c r="D61" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E61" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F61">
-        <v>5.667</v>
+        <v>5.474</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" t="s">
         <v>6</v>
       </c>
       <c r="B62" t="s">
         <v>7</v>
       </c>
       <c r="C62" t="s">
         <v>18</v>
       </c>
       <c r="D62" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E62" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F62">
-        <v>6.31575</v>
+        <v>5.667</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" t="s">
         <v>6</v>
       </c>
       <c r="B63" t="s">
         <v>7</v>
       </c>
       <c r="C63" t="s">
         <v>18</v>
       </c>
       <c r="D63" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E63" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F63">
-        <v>6.6</v>
+        <v>6.31575</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" t="s">
         <v>6</v>
       </c>
       <c r="B64" t="s">
         <v>7</v>
       </c>
       <c r="C64" t="s">
         <v>18</v>
       </c>
       <c r="D64" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E64" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F64">
-        <v>6.1</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" t="s">
         <v>6</v>
       </c>
       <c r="B65" t="s">
         <v>7</v>
       </c>
       <c r="C65" t="s">
         <v>18</v>
       </c>
       <c r="D65" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E65" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F65">
-        <v>5.7</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" t="s">
         <v>6</v>
       </c>
       <c r="B66" t="s">
         <v>7</v>
       </c>
       <c r="C66" t="s">
         <v>18</v>
       </c>
       <c r="D66" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E66" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F66">
-        <v>5.4</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" t="s">
         <v>6</v>
       </c>
       <c r="B67" t="s">
         <v>7</v>
       </c>
       <c r="C67" t="s">
         <v>18</v>
       </c>
       <c r="D67" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E67" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F67">
-        <v>4.08</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" t="s">
         <v>6</v>
       </c>
       <c r="B68" t="s">
         <v>7</v>
       </c>
       <c r="C68" t="s">
         <v>18</v>
       </c>
       <c r="D68" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E68" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F68">
         <v>4.08</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" t="s">
         <v>6</v>
       </c>
       <c r="B69" t="s">
         <v>7</v>
       </c>
       <c r="C69" t="s">
         <v>18</v>
       </c>
       <c r="D69" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E69" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F69">
-        <v>3.24</v>
+        <v>4.08</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" t="s">
         <v>6</v>
       </c>
       <c r="B70" t="s">
         <v>7</v>
       </c>
       <c r="C70" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="D70" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E70" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F70">
-        <v>3.959</v>
+        <v>3.24</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" t="s">
         <v>6</v>
       </c>
       <c r="B71" t="s">
         <v>7</v>
       </c>
       <c r="C71" t="s">
         <v>19</v>
       </c>
       <c r="D71" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E71" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F71">
-        <v>3.91017</v>
+        <v>3.959</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" t="s">
         <v>6</v>
       </c>
       <c r="B72" t="s">
         <v>7</v>
       </c>
       <c r="C72" t="s">
         <v>19</v>
       </c>
       <c r="D72" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E72" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F72">
-        <v>3.7</v>
+        <v>3.91017</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" t="s">
         <v>6</v>
       </c>
       <c r="B73" t="s">
         <v>7</v>
       </c>
       <c r="C73" t="s">
         <v>19</v>
       </c>
       <c r="D73" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E73" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F73">
         <v>3.7</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" t="s">
         <v>6</v>
       </c>
       <c r="B74" t="s">
         <v>7</v>
       </c>
       <c r="C74" t="s">
         <v>19</v>
       </c>
       <c r="D74" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E74" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F74">
-        <v>3.5</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" t="s">
         <v>6</v>
       </c>
       <c r="B75" t="s">
         <v>7</v>
       </c>
       <c r="C75" t="s">
         <v>19</v>
       </c>
       <c r="D75" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E75" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F75">
-        <v>3.9</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" t="s">
         <v>6</v>
       </c>
       <c r="B76" t="s">
         <v>7</v>
       </c>
       <c r="C76" t="s">
         <v>19</v>
       </c>
       <c r="D76" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E76" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F76">
-        <v>3.04</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" t="s">
         <v>6</v>
       </c>
       <c r="B77" t="s">
         <v>7</v>
       </c>
       <c r="C77" t="s">
         <v>19</v>
       </c>
       <c r="D77" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E77" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F77">
-        <v>3.45</v>
+        <v>3.04</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" t="s">
         <v>6</v>
       </c>
       <c r="B78" t="s">
         <v>7</v>
       </c>
       <c r="C78" t="s">
         <v>19</v>
       </c>
       <c r="D78" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E78" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F78">
-        <v>3.57</v>
+        <v>3.45</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" t="s">
         <v>6</v>
       </c>
       <c r="B79" t="s">
         <v>7</v>
       </c>
       <c r="C79" t="s">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="D79" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E79" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F79">
-        <v>3.478</v>
+        <v>3.57</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" t="s">
         <v>6</v>
       </c>
       <c r="B80" t="s">
         <v>7</v>
       </c>
       <c r="C80" t="s">
         <v>20</v>
       </c>
       <c r="D80" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E80" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F80">
-        <v>3.496</v>
+        <v>3.478</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" t="s">
         <v>6</v>
       </c>
       <c r="B81" t="s">
         <v>7</v>
       </c>
       <c r="C81" t="s">
         <v>20</v>
       </c>
       <c r="D81" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E81" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F81">
-        <v>3.51847</v>
+        <v>3.496</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" t="s">
         <v>6</v>
       </c>
       <c r="B82" t="s">
         <v>7</v>
       </c>
       <c r="C82" t="s">
         <v>20</v>
       </c>
       <c r="D82" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E82" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F82">
-        <v>3.7</v>
+        <v>3.51847</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" t="s">
         <v>6</v>
       </c>
       <c r="B83" t="s">
         <v>7</v>
       </c>
       <c r="C83" t="s">
         <v>20</v>
       </c>
       <c r="D83" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E83" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F83">
-        <v>3.6</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" t="s">
         <v>6</v>
       </c>
       <c r="B84" t="s">
         <v>7</v>
       </c>
       <c r="C84" t="s">
         <v>20</v>
       </c>
       <c r="D84" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E84" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F84">
-        <v>2.53</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" t="s">
         <v>6</v>
       </c>
       <c r="B85" t="s">
         <v>7</v>
       </c>
       <c r="C85" t="s">
         <v>20</v>
       </c>
       <c r="D85" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E85" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F85">
-        <v>2.59</v>
+        <v>2.53</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" t="s">
         <v>6</v>
       </c>
       <c r="B86" t="s">
         <v>7</v>
       </c>
       <c r="C86" t="s">
         <v>20</v>
       </c>
       <c r="D86" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E86" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F86">
-        <v>2.28</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" t="s">
         <v>6</v>
       </c>
       <c r="B87" t="s">
         <v>7</v>
       </c>
       <c r="C87" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D87" s="2">
-        <v>43465</v>
+        <v>45291</v>
       </c>
       <c r="E87" s="3">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F87">
-        <v>3.3</v>
+        <v>2.28</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" t="s">
         <v>6</v>
       </c>
       <c r="B88" t="s">
         <v>7</v>
       </c>
       <c r="C88" t="s">
         <v>21</v>
       </c>
       <c r="D88" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E88" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F88">
-        <v>3.4</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" t="s">
         <v>6</v>
       </c>
       <c r="B89" t="s">
         <v>7</v>
       </c>
       <c r="C89" t="s">
         <v>21</v>
       </c>
       <c r="D89" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E89" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F89">
-        <v>3.6</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" t="s">
         <v>6</v>
       </c>
       <c r="B90" t="s">
         <v>7</v>
       </c>
       <c r="C90" t="s">
         <v>21</v>
       </c>
       <c r="D90" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E90" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F90">
-        <v>2.72</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" t="s">
         <v>6</v>
       </c>
       <c r="B91" t="s">
         <v>7</v>
       </c>
       <c r="C91" t="s">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="D91" s="2">
-        <v>42369</v>
+        <v>44561</v>
       </c>
       <c r="E91" s="3">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="F91">
-        <v>6.32025</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" t="s">
         <v>6</v>
       </c>
       <c r="B92" t="s">
         <v>7</v>
       </c>
       <c r="C92" t="s">
         <v>22</v>
       </c>
       <c r="D92" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E92" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F92">
-        <v>5.9</v>
+        <v>6.32025</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" t="s">
         <v>6</v>
       </c>
       <c r="B93" t="s">
         <v>7</v>
       </c>
       <c r="C93" t="s">
         <v>22</v>
       </c>
       <c r="D93" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E93" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F93">
-        <v>6.2</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" t="s">
         <v>6</v>
       </c>
       <c r="B94" t="s">
         <v>7</v>
       </c>
       <c r="C94" t="s">
         <v>22</v>
       </c>
       <c r="D94" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E94" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F94">
-        <v>6</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" t="s">
         <v>6</v>
       </c>
       <c r="B95" t="s">
         <v>7</v>
       </c>
       <c r="C95" t="s">
         <v>22</v>
       </c>
       <c r="D95" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E95" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F95">
-        <v>6.1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" t="s">
         <v>6</v>
       </c>
       <c r="B96" t="s">
         <v>7</v>
       </c>
       <c r="C96" t="s">
         <v>22</v>
       </c>
       <c r="D96" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E96" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F96">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" t="s">
         <v>6</v>
       </c>
       <c r="B97" t="s">
         <v>7</v>
       </c>
       <c r="C97" t="s">
         <v>22</v>
       </c>
       <c r="D97" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E97" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F97">
-        <v>6.27</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" t="s">
         <v>6</v>
       </c>
       <c r="B98" t="s">
         <v>7</v>
       </c>
       <c r="C98" t="s">
         <v>22</v>
       </c>
       <c r="D98" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E98" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F98">
-        <v>6.33</v>
+        <v>6.27</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" t="s">
         <v>6</v>
       </c>
       <c r="B99" t="s">
         <v>7</v>
       </c>
       <c r="C99" t="s">
         <v>22</v>
       </c>
       <c r="D99" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E99" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F99">
-        <v>6.36</v>
+        <v>6.33</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" t="s">
         <v>6</v>
       </c>
       <c r="B100" t="s">
         <v>7</v>
       </c>
       <c r="C100" t="s">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D100" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E100" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F100">
-        <v>4.926</v>
+        <v>6.36</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" t="s">
         <v>6</v>
       </c>
       <c r="B101" t="s">
         <v>7</v>
       </c>
       <c r="C101" t="s">
         <v>23</v>
       </c>
       <c r="D101" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E101" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F101">
-        <v>5.202</v>
+        <v>4.926</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" t="s">
         <v>6</v>
       </c>
       <c r="B102" t="s">
         <v>7</v>
       </c>
       <c r="C102" t="s">
         <v>23</v>
       </c>
       <c r="D102" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E102" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F102">
-        <v>5.243</v>
+        <v>5.202</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" t="s">
         <v>6</v>
       </c>
       <c r="B103" t="s">
         <v>7</v>
       </c>
       <c r="C103" t="s">
         <v>23</v>
       </c>
       <c r="D103" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E103" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F103">
-        <v>5.34829</v>
+        <v>5.243</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" t="s">
         <v>6</v>
       </c>
       <c r="B104" t="s">
         <v>7</v>
       </c>
       <c r="C104" t="s">
         <v>23</v>
       </c>
       <c r="D104" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E104" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F104">
-        <v>5.5</v>
+        <v>5.34829</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" t="s">
         <v>6</v>
       </c>
       <c r="B105" t="s">
         <v>7</v>
       </c>
       <c r="C105" t="s">
         <v>23</v>
       </c>
       <c r="D105" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E105" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F105">
-        <v>5.6</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" t="s">
         <v>6</v>
       </c>
       <c r="B106" t="s">
         <v>7</v>
       </c>
       <c r="C106" t="s">
         <v>23</v>
       </c>
       <c r="D106" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E106" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F106">
         <v>5.6</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" t="s">
         <v>6</v>
       </c>
       <c r="B107" t="s">
         <v>7</v>
       </c>
       <c r="C107" t="s">
         <v>23</v>
       </c>
       <c r="D107" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E107" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F107">
-        <v>5.5</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" t="s">
         <v>6</v>
       </c>
       <c r="B108" t="s">
         <v>7</v>
       </c>
       <c r="C108" t="s">
         <v>23</v>
       </c>
       <c r="D108" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E108" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F108">
-        <v>5.4</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" t="s">
         <v>6</v>
       </c>
       <c r="B109" t="s">
         <v>7</v>
       </c>
       <c r="C109" t="s">
         <v>23</v>
       </c>
       <c r="D109" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E109" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F109">
-        <v>5.04</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" t="s">
         <v>6</v>
       </c>
       <c r="B110" t="s">
         <v>7</v>
       </c>
       <c r="C110" t="s">
         <v>23</v>
       </c>
       <c r="D110" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E110" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F110">
-        <v>5.08</v>
+        <v>5.04</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" t="s">
         <v>6</v>
       </c>
       <c r="B111" t="s">
         <v>7</v>
       </c>
       <c r="C111" t="s">
         <v>23</v>
       </c>
       <c r="D111" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E111" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F111">
-        <v>5.46</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" t="s">
         <v>6</v>
       </c>
       <c r="B112" t="s">
         <v>7</v>
       </c>
       <c r="C112" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="D112" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E112" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F112">
-        <v>4.713</v>
+        <v>5.46</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" t="s">
         <v>6</v>
       </c>
       <c r="B113" t="s">
         <v>7</v>
       </c>
       <c r="C113" t="s">
         <v>24</v>
       </c>
       <c r="D113" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E113" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F113">
-        <v>4</v>
+        <v>4.713</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" t="s">
         <v>6</v>
       </c>
       <c r="B114" t="s">
         <v>7</v>
       </c>
       <c r="C114" t="s">
         <v>24</v>
       </c>
       <c r="D114" s="2">
-        <v>44196</v>
+        <v>42735</v>
       </c>
       <c r="E114" s="3">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="F114">
         <v>4</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" t="s">
         <v>6</v>
       </c>
       <c r="B115" t="s">
         <v>7</v>
       </c>
       <c r="C115" t="s">
         <v>24</v>
       </c>
       <c r="D115" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E115" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F115">
-        <v>2.8</v>
+        <v>4</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" t="s">
         <v>6</v>
       </c>
       <c r="B116" t="s">
         <v>7</v>
       </c>
       <c r="C116" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D116" s="2">
-        <v>43830</v>
+        <v>44926</v>
       </c>
       <c r="E116" s="3">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F116">
-        <v>5.4</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" t="s">
         <v>6</v>
       </c>
       <c r="B117" t="s">
         <v>7</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E117" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F117">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" t="s">
         <v>6</v>
       </c>
       <c r="B118" t="s">
         <v>7</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E118" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F118">
-        <v>5.05</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" t="s">
         <v>6</v>
       </c>
       <c r="B119" t="s">
         <v>7</v>
       </c>
       <c r="C119" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="D119" s="2">
-        <v>42004</v>
+        <v>44926</v>
       </c>
       <c r="E119" s="3">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="F119">
-        <v>3.678</v>
+        <v>5.05</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" t="s">
         <v>6</v>
       </c>
       <c r="B120" t="s">
         <v>7</v>
       </c>
       <c r="C120" t="s">
         <v>26</v>
       </c>
       <c r="D120" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E120" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F120">
-        <v>3.8</v>
+        <v>3.678</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" t="s">
         <v>6</v>
       </c>
       <c r="B121" t="s">
         <v>7</v>
       </c>
       <c r="C121" t="s">
         <v>26</v>
       </c>
       <c r="D121" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E121" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F121">
-        <v>4.1</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" t="s">
         <v>6</v>
       </c>
       <c r="B122" t="s">
         <v>7</v>
       </c>
       <c r="C122" t="s">
         <v>26</v>
       </c>
       <c r="D122" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E122" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F122">
-        <v>3.07</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" t="s">
         <v>6</v>
       </c>
       <c r="B123" t="s">
         <v>7</v>
       </c>
       <c r="C123" t="s">
         <v>26</v>
       </c>
       <c r="D123" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E123" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F123">
-        <v>2.95</v>
+        <v>3.07</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" t="s">
         <v>6</v>
       </c>
       <c r="B124" t="s">
         <v>7</v>
       </c>
       <c r="C124" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D124" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E124" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F124">
-        <v>6.225</v>
+        <v>2.95</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" t="s">
         <v>6</v>
       </c>
       <c r="B125" t="s">
         <v>7</v>
       </c>
       <c r="C125" t="s">
         <v>27</v>
       </c>
       <c r="D125" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E125" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F125">
-        <v>5.877</v>
+        <v>6.225</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" t="s">
         <v>6</v>
       </c>
       <c r="B126" t="s">
         <v>7</v>
       </c>
       <c r="C126" t="s">
         <v>27</v>
       </c>
       <c r="D126" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E126" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F126">
-        <v>5.7</v>
+        <v>5.877</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" t="s">
         <v>6</v>
       </c>
       <c r="B127" t="s">
         <v>7</v>
       </c>
       <c r="C127" t="s">
         <v>27</v>
       </c>
       <c r="D127" s="2">
-        <v>44196</v>
+        <v>42735</v>
       </c>
       <c r="E127" s="3">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="F127">
-        <v>5.5</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" t="s">
         <v>6</v>
       </c>
       <c r="B128" t="s">
         <v>7</v>
       </c>
       <c r="C128" t="s">
         <v>27</v>
       </c>
       <c r="D128" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E128" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F128">
-        <v>5.97</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" t="s">
         <v>6</v>
       </c>
       <c r="B129" t="s">
         <v>7</v>
       </c>
       <c r="C129" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D129" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E129" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F129">
-        <v>6.609</v>
+        <v>5.97</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" t="s">
         <v>6</v>
       </c>
       <c r="B130" t="s">
         <v>7</v>
       </c>
       <c r="C130" t="s">
         <v>28</v>
       </c>
       <c r="D130" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E130" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F130">
-        <v>6.55788</v>
+        <v>6.609</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" t="s">
         <v>6</v>
       </c>
       <c r="B131" t="s">
         <v>7</v>
       </c>
       <c r="C131" t="s">
         <v>28</v>
       </c>
       <c r="D131" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E131" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F131">
-        <v>6.6</v>
+        <v>6.55788</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" t="s">
         <v>6</v>
       </c>
       <c r="B132" t="s">
         <v>7</v>
       </c>
       <c r="C132" t="s">
         <v>28</v>
       </c>
       <c r="D132" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E132" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F132">
         <v>6.6</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" t="s">
         <v>6</v>
       </c>
       <c r="B133" t="s">
         <v>7</v>
       </c>
       <c r="C133" t="s">
         <v>28</v>
       </c>
       <c r="D133" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E133" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F133">
-        <v>7.07</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" t="s">
         <v>6</v>
       </c>
       <c r="B134" t="s">
         <v>7</v>
       </c>
       <c r="C134" t="s">
         <v>28</v>
       </c>
       <c r="D134" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E134" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F134">
-        <v>6.92</v>
+        <v>7.07</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" t="s">
         <v>6</v>
       </c>
       <c r="B135" t="s">
         <v>7</v>
       </c>
       <c r="C135" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D135" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E135" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F135">
-        <v>7.266</v>
+        <v>6.92</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" t="s">
         <v>6</v>
       </c>
       <c r="B136" t="s">
         <v>7</v>
       </c>
       <c r="C136" t="s">
         <v>29</v>
       </c>
       <c r="D136" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E136" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F136">
-        <v>7.00872</v>
+        <v>7.266</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" t="s">
         <v>6</v>
       </c>
       <c r="B137" t="s">
         <v>7</v>
       </c>
       <c r="C137" t="s">
         <v>29</v>
       </c>
       <c r="D137" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E137" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F137">
-        <v>7.3</v>
+        <v>7.00872</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" t="s">
         <v>6</v>
       </c>
       <c r="B138" t="s">
         <v>7</v>
       </c>
       <c r="C138" t="s">
         <v>29</v>
       </c>
       <c r="D138" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E138" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F138">
-        <v>7</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" t="s">
         <v>6</v>
       </c>
       <c r="B139" t="s">
         <v>7</v>
       </c>
       <c r="C139" t="s">
         <v>29</v>
       </c>
       <c r="D139" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E139" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F139">
-        <v>8.24</v>
+        <v>7</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" t="s">
         <v>6</v>
       </c>
       <c r="B140" t="s">
         <v>7</v>
       </c>
       <c r="C140" t="s">
         <v>29</v>
       </c>
       <c r="D140" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E140" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F140">
-        <v>7.29</v>
+        <v>8.24</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" t="s">
         <v>6</v>
       </c>
       <c r="B141" t="s">
         <v>7</v>
       </c>
       <c r="C141" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D141" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E141" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F141">
-        <v>5.779</v>
+        <v>7.29</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" t="s">
         <v>6</v>
       </c>
       <c r="B142" t="s">
         <v>7</v>
       </c>
       <c r="C142" t="s">
         <v>30</v>
       </c>
       <c r="D142" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E142" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F142">
-        <v>5.531</v>
+        <v>5.779</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" t="s">
         <v>6</v>
       </c>
       <c r="B143" t="s">
         <v>7</v>
       </c>
       <c r="C143" t="s">
         <v>30</v>
       </c>
       <c r="D143" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E143" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F143">
-        <v>5.03187</v>
+        <v>5.531</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" t="s">
         <v>6</v>
       </c>
       <c r="B144" t="s">
         <v>7</v>
       </c>
       <c r="C144" t="s">
         <v>30</v>
       </c>
       <c r="D144" s="2">
-        <v>45291</v>
+        <v>42369</v>
       </c>
       <c r="E144" s="3">
-        <v>2023</v>
+        <v>2015</v>
       </c>
       <c r="F144">
-        <v>4.05</v>
+        <v>5.03187</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" t="s">
         <v>6</v>
       </c>
       <c r="B145" t="s">
         <v>7</v>
       </c>
       <c r="C145" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="D145" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E145" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F145">
-        <v>6.695</v>
+        <v>4.05</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" t="s">
         <v>6</v>
       </c>
       <c r="B146" t="s">
         <v>7</v>
       </c>
       <c r="C146" t="s">
         <v>31</v>
       </c>
       <c r="D146" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E146" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F146">
-        <v>6.68133</v>
+        <v>6.695</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" t="s">
         <v>6</v>
       </c>
       <c r="B147" t="s">
         <v>7</v>
       </c>
       <c r="C147" t="s">
         <v>31</v>
       </c>
       <c r="D147" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E147" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F147">
-        <v>6.6</v>
+        <v>6.68133</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" t="s">
         <v>6</v>
       </c>
       <c r="B148" t="s">
         <v>7</v>
       </c>
       <c r="C148" t="s">
         <v>31</v>
       </c>
       <c r="D148" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E148" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F148">
-        <v>6.1</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" t="s">
         <v>6</v>
       </c>
       <c r="B149" t="s">
         <v>7</v>
       </c>
       <c r="C149" t="s">
         <v>31</v>
       </c>
       <c r="D149" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E149" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F149">
-        <v>6.33</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" t="s">
         <v>6</v>
       </c>
       <c r="B150" t="s">
         <v>7</v>
       </c>
       <c r="C150" t="s">
         <v>31</v>
       </c>
       <c r="D150" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E150" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F150">
-        <v>6.09</v>
+        <v>6.33</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" t="s">
         <v>6</v>
       </c>
       <c r="B151" t="s">
         <v>7</v>
       </c>
       <c r="C151" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="D151" s="2">
-        <v>43830</v>
+        <v>45291</v>
       </c>
       <c r="E151" s="3">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="F151">
-        <v>3.4</v>
+        <v>6.09</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" t="s">
         <v>6</v>
       </c>
       <c r="B152" t="s">
         <v>7</v>
       </c>
       <c r="C152" t="s">
         <v>32</v>
       </c>
       <c r="D152" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E152" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F152">
-        <v>2.33</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" t="s">
         <v>6</v>
       </c>
       <c r="B153" t="s">
         <v>7</v>
       </c>
       <c r="C153" t="s">
         <v>32</v>
       </c>
       <c r="D153" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E153" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F153">
-        <v>3.21</v>
+        <v>2.33</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" t="s">
         <v>6</v>
       </c>
       <c r="B154" t="s">
         <v>7</v>
       </c>
       <c r="C154" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D154" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E154" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F154">
-        <v>7.925</v>
+        <v>3.21</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" t="s">
         <v>6</v>
       </c>
       <c r="B155" t="s">
         <v>7</v>
       </c>
       <c r="C155" t="s">
         <v>33</v>
       </c>
       <c r="D155" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E155" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F155">
-        <v>7.66</v>
+        <v>7.925</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" t="s">
         <v>6</v>
       </c>
       <c r="B156" t="s">
         <v>7</v>
       </c>
       <c r="C156" t="s">
         <v>33</v>
       </c>
       <c r="D156" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E156" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F156">
-        <v>7.535</v>
+        <v>7.66</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" t="s">
         <v>6</v>
       </c>
       <c r="B157" t="s">
         <v>7</v>
       </c>
       <c r="C157" t="s">
         <v>33</v>
       </c>
       <c r="D157" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E157" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F157">
-        <v>7.86103</v>
+        <v>7.535</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" t="s">
         <v>6</v>
       </c>
       <c r="B158" t="s">
         <v>7</v>
       </c>
       <c r="C158" t="s">
         <v>33</v>
       </c>
       <c r="D158" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E158" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F158">
-        <v>7.8</v>
+        <v>7.86103</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" t="s">
         <v>6</v>
       </c>
       <c r="B159" t="s">
         <v>7</v>
       </c>
       <c r="C159" t="s">
         <v>33</v>
       </c>
       <c r="D159" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E159" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F159">
-        <v>7.6</v>
+        <v>7.8</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" t="s">
         <v>6</v>
       </c>
       <c r="B160" t="s">
         <v>7</v>
       </c>
       <c r="C160" t="s">
         <v>33</v>
       </c>
       <c r="D160" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E160" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F160">
-        <v>7.9</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" t="s">
         <v>6</v>
       </c>
       <c r="B161" t="s">
         <v>7</v>
       </c>
       <c r="C161" t="s">
         <v>33</v>
       </c>
       <c r="D161" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E161" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F161">
-        <v>7.7</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" t="s">
         <v>6</v>
       </c>
       <c r="B162" t="s">
         <v>7</v>
       </c>
       <c r="C162" t="s">
         <v>33</v>
       </c>
       <c r="D162" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E162" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F162">
         <v>7.7</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" t="s">
         <v>6</v>
       </c>
       <c r="B163" t="s">
         <v>7</v>
       </c>
       <c r="C163" t="s">
         <v>33</v>
       </c>
       <c r="D163" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E163" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F163">
-        <v>8.38</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" t="s">
         <v>6</v>
       </c>
       <c r="B164" t="s">
         <v>7</v>
       </c>
       <c r="C164" t="s">
         <v>33</v>
       </c>
       <c r="D164" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E164" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F164">
-        <v>8.67</v>
+        <v>8.38</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" t="s">
         <v>6</v>
       </c>
       <c r="B165" t="s">
         <v>7</v>
       </c>
       <c r="C165" t="s">
         <v>33</v>
       </c>
       <c r="D165" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E165" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F165">
-        <v>7.7</v>
+        <v>8.67</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" t="s">
         <v>6</v>
       </c>
       <c r="B166" t="s">
         <v>7</v>
       </c>
       <c r="C166" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="D166" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E166" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F166">
-        <v>4.957</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" t="s">
         <v>6</v>
       </c>
       <c r="B167" t="s">
         <v>7</v>
       </c>
       <c r="C167" t="s">
         <v>34</v>
       </c>
       <c r="D167" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E167" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F167">
-        <v>4.576</v>
+        <v>4.957</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" t="s">
         <v>6</v>
       </c>
       <c r="B168" t="s">
         <v>7</v>
       </c>
       <c r="C168" t="s">
         <v>34</v>
       </c>
       <c r="D168" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E168" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F168">
-        <v>5.7</v>
+        <v>4.576</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" t="s">
         <v>6</v>
       </c>
       <c r="B169" t="s">
         <v>7</v>
       </c>
       <c r="C169" t="s">
         <v>34</v>
       </c>
       <c r="D169" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E169" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F169">
-        <v>6.1</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" t="s">
         <v>6</v>
       </c>
       <c r="B170" t="s">
         <v>7</v>
       </c>
       <c r="C170" t="s">
         <v>34</v>
       </c>
       <c r="D170" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E170" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F170">
-        <v>5.4</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" t="s">
         <v>6</v>
       </c>
       <c r="B171" t="s">
         <v>7</v>
       </c>
       <c r="C171" t="s">
         <v>34</v>
       </c>
       <c r="D171" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E171" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F171">
-        <v>4.91</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" t="s">
         <v>6</v>
       </c>
       <c r="B172" t="s">
         <v>7</v>
       </c>
       <c r="C172" t="s">
         <v>34</v>
       </c>
       <c r="D172" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E172" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F172">
-        <v>4.86</v>
+        <v>4.91</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" t="s">
         <v>6</v>
       </c>
       <c r="B173" t="s">
         <v>7</v>
       </c>
       <c r="C173" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="D173" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E173" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F173">
-        <v>4.395</v>
+        <v>4.86</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" t="s">
         <v>6</v>
       </c>
       <c r="B174" t="s">
         <v>7</v>
       </c>
       <c r="C174" t="s">
         <v>35</v>
       </c>
       <c r="D174" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E174" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F174">
-        <v>4.4</v>
+        <v>4.395</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" t="s">
         <v>6</v>
       </c>
       <c r="B175" t="s">
         <v>7</v>
       </c>
       <c r="C175" t="s">
         <v>35</v>
       </c>
       <c r="D175" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E175" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F175">
-        <v>5</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" t="s">
         <v>6</v>
       </c>
       <c r="B176" t="s">
         <v>7</v>
       </c>
       <c r="C176" t="s">
         <v>35</v>
       </c>
       <c r="D176" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E176" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F176">
-        <v>4.7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" t="s">
         <v>6</v>
       </c>
       <c r="B177" t="s">
         <v>7</v>
       </c>
       <c r="C177" t="s">
         <v>35</v>
       </c>
       <c r="D177" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E177" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F177">
-        <v>2.98</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" t="s">
         <v>6</v>
       </c>
       <c r="B178" t="s">
         <v>7</v>
       </c>
       <c r="C178" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D178" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E178" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F178">
-        <v>7.537</v>
+        <v>2.98</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" t="s">
         <v>6</v>
       </c>
       <c r="B179" t="s">
         <v>7</v>
       </c>
       <c r="C179" t="s">
         <v>36</v>
       </c>
       <c r="D179" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E179" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F179">
-        <v>7.216</v>
+        <v>7.537</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" t="s">
         <v>6</v>
       </c>
       <c r="B180" t="s">
         <v>7</v>
       </c>
       <c r="C180" t="s">
         <v>36</v>
       </c>
       <c r="D180" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E180" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F180">
-        <v>7.60182</v>
+        <v>7.216</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" t="s">
         <v>6</v>
       </c>
       <c r="B181" t="s">
         <v>7</v>
       </c>
       <c r="C181" t="s">
         <v>36</v>
       </c>
       <c r="D181" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E181" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F181">
-        <v>7.5</v>
+        <v>7.60182</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" t="s">
         <v>6</v>
       </c>
       <c r="B182" t="s">
         <v>7</v>
       </c>
       <c r="C182" t="s">
         <v>36</v>
       </c>
       <c r="D182" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E182" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F182">
-        <v>7.6</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" t="s">
         <v>6</v>
       </c>
       <c r="B183" t="s">
         <v>7</v>
       </c>
       <c r="C183" t="s">
         <v>36</v>
       </c>
       <c r="D183" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E183" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F183">
         <v>7.6</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" t="s">
         <v>6</v>
       </c>
       <c r="B184" t="s">
         <v>7</v>
       </c>
       <c r="C184" t="s">
         <v>36</v>
       </c>
       <c r="D184" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E184" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F184">
-        <v>7.7</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" t="s">
         <v>6</v>
       </c>
       <c r="B185" t="s">
         <v>7</v>
       </c>
       <c r="C185" t="s">
         <v>36</v>
       </c>
       <c r="D185" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E185" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F185">
-        <v>8.69</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" t="s">
         <v>6</v>
       </c>
       <c r="B186" t="s">
         <v>7</v>
       </c>
       <c r="C186" t="s">
         <v>36</v>
       </c>
       <c r="D186" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E186" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F186">
-        <v>8.92</v>
+        <v>8.69</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" t="s">
         <v>6</v>
       </c>
       <c r="B187" t="s">
         <v>7</v>
       </c>
       <c r="C187" t="s">
         <v>36</v>
       </c>
       <c r="D187" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E187" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F187">
-        <v>8.86</v>
+        <v>8.92</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" t="s">
         <v>6</v>
       </c>
       <c r="B188" t="s">
         <v>7</v>
       </c>
       <c r="C188" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="D188" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E188" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F188">
-        <v>5.43307</v>
+        <v>8.86</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" t="s">
         <v>6</v>
       </c>
       <c r="B189" t="s">
         <v>7</v>
       </c>
       <c r="C189" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D189" s="2">
-        <v>44926</v>
+        <v>42369</v>
       </c>
       <c r="E189" s="3">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="F189">
-        <v>1.12</v>
+        <v>5.43307</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" t="s">
         <v>6</v>
       </c>
       <c r="B190" t="s">
         <v>7</v>
       </c>
       <c r="C190" t="s">
         <v>38</v>
       </c>
       <c r="D190" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E190" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F190">
-        <v>1.27</v>
+        <v>1.12</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" t="s">
         <v>6</v>
       </c>
       <c r="B191" t="s">
         <v>7</v>
       </c>
       <c r="C191" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D191" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E191" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F191">
-        <v>3.678</v>
+        <v>1.27</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" t="s">
         <v>6</v>
       </c>
       <c r="B192" t="s">
         <v>7</v>
       </c>
       <c r="C192" t="s">
         <v>39</v>
       </c>
       <c r="D192" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E192" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F192">
-        <v>3.826</v>
+        <v>3.678</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" t="s">
         <v>6</v>
       </c>
       <c r="B193" t="s">
         <v>7</v>
       </c>
       <c r="C193" t="s">
         <v>39</v>
       </c>
       <c r="D193" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E193" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F193">
-        <v>3.88933</v>
+        <v>3.826</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" t="s">
         <v>6</v>
       </c>
       <c r="B194" t="s">
         <v>7</v>
       </c>
       <c r="C194" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="D194" s="2">
-        <v>41274</v>
+        <v>42369</v>
       </c>
       <c r="E194" s="3">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="F194">
-        <v>5.766</v>
+        <v>3.88933</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" t="s">
         <v>6</v>
       </c>
       <c r="B195" t="s">
         <v>7</v>
       </c>
       <c r="C195" t="s">
         <v>40</v>
       </c>
       <c r="D195" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E195" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F195">
-        <v>5.55</v>
+        <v>5.766</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" t="s">
         <v>6</v>
       </c>
       <c r="B196" t="s">
         <v>7</v>
       </c>
       <c r="C196" t="s">
         <v>40</v>
       </c>
       <c r="D196" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E196" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F196">
-        <v>5.4</v>
+        <v>5.55</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" t="s">
         <v>6</v>
       </c>
       <c r="B197" t="s">
         <v>7</v>
       </c>
       <c r="C197" t="s">
         <v>40</v>
       </c>
       <c r="D197" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E197" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F197">
-        <v>5.6</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" t="s">
         <v>6</v>
       </c>
       <c r="B198" t="s">
         <v>7</v>
       </c>
       <c r="C198" t="s">
         <v>40</v>
       </c>
       <c r="D198" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E198" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F198">
-        <v>5.5</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" t="s">
         <v>6</v>
       </c>
       <c r="B199" t="s">
         <v>7</v>
       </c>
       <c r="C199" t="s">
         <v>40</v>
       </c>
       <c r="D199" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E199" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F199">
-        <v>5.83</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" t="s">
         <v>6</v>
       </c>
       <c r="B200" t="s">
         <v>7</v>
       </c>
       <c r="C200" t="s">
         <v>40</v>
       </c>
       <c r="D200" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E200" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F200">
-        <v>4.93</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" t="s">
         <v>6</v>
       </c>
       <c r="B201" t="s">
         <v>7</v>
       </c>
       <c r="C201" t="s">
         <v>40</v>
       </c>
       <c r="D201" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E201" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F201">
-        <v>4.92</v>
+        <v>4.93</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" t="s">
         <v>6</v>
       </c>
       <c r="B202" t="s">
         <v>7</v>
       </c>
       <c r="C202" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="D202" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E202" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F202">
-        <v>5.068</v>
+        <v>4.92</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" t="s">
         <v>6</v>
       </c>
       <c r="B203" t="s">
         <v>7</v>
       </c>
       <c r="C203" t="s">
         <v>41</v>
       </c>
       <c r="D203" s="2">
-        <v>43465</v>
+        <v>41639</v>
       </c>
       <c r="E203" s="3">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="F203">
-        <v>4.6</v>
+        <v>5.068</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" t="s">
         <v>6</v>
       </c>
       <c r="B204" t="s">
         <v>7</v>
       </c>
       <c r="C204" t="s">
         <v>41</v>
       </c>
       <c r="D204" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E204" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F204">
-        <v>4.3</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" t="s">
         <v>6</v>
       </c>
       <c r="B205" t="s">
         <v>7</v>
       </c>
       <c r="C205" t="s">
         <v>41</v>
       </c>
       <c r="D205" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E205" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F205">
-        <v>3.84</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" t="s">
         <v>6</v>
       </c>
       <c r="B206" t="s">
         <v>7</v>
       </c>
       <c r="C206" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="D206" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E206" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F206">
-        <v>4.295</v>
+        <v>3.84</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" t="s">
         <v>6</v>
       </c>
       <c r="B207" t="s">
         <v>7</v>
       </c>
       <c r="C207" t="s">
         <v>42</v>
       </c>
       <c r="D207" s="2">
-        <v>44926</v>
+        <v>41274</v>
       </c>
       <c r="E207" s="3">
-        <v>2022</v>
+        <v>2012</v>
       </c>
       <c r="F207">
-        <v>4.32</v>
+        <v>4.295</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" t="s">
         <v>6</v>
       </c>
       <c r="B208" t="s">
         <v>7</v>
       </c>
       <c r="C208" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="D208" s="2">
-        <v>42004</v>
+        <v>44926</v>
       </c>
       <c r="E208" s="3">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="F208">
-        <v>5.423</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" t="s">
         <v>6</v>
       </c>
       <c r="B209" t="s">
         <v>7</v>
       </c>
       <c r="C209" t="s">
         <v>43</v>
       </c>
       <c r="D209" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E209" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F209">
-        <v>6.1</v>
+        <v>5.423</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" t="s">
         <v>6</v>
       </c>
       <c r="B210" t="s">
         <v>7</v>
       </c>
       <c r="C210" t="s">
         <v>43</v>
       </c>
       <c r="D210" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E210" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F210">
         <v>6.1</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" t="s">
         <v>6</v>
       </c>
       <c r="B211" t="s">
         <v>7</v>
       </c>
       <c r="C211" t="s">
         <v>43</v>
       </c>
       <c r="D211" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E211" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F211">
-        <v>5.6</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" t="s">
         <v>6</v>
       </c>
       <c r="B212" t="s">
         <v>7</v>
       </c>
       <c r="C212" t="s">
         <v>43</v>
       </c>
       <c r="D212" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E212" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F212">
-        <v>5.7</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" t="s">
         <v>6</v>
       </c>
       <c r="B213" t="s">
         <v>7</v>
       </c>
       <c r="C213" t="s">
         <v>43</v>
       </c>
       <c r="D213" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E213" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F213">
         <v>5.7</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" t="s">
         <v>6</v>
       </c>
       <c r="B214" t="s">
         <v>7</v>
       </c>
       <c r="C214" t="s">
         <v>43</v>
       </c>
       <c r="D214" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E214" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F214">
-        <v>4.55</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" t="s">
         <v>6</v>
       </c>
       <c r="B215" t="s">
         <v>7</v>
       </c>
       <c r="C215" t="s">
         <v>43</v>
       </c>
       <c r="D215" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E215" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F215">
-        <v>4.48</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" t="s">
         <v>6</v>
       </c>
       <c r="B216" t="s">
         <v>7</v>
       </c>
       <c r="C216" t="s">
         <v>43</v>
       </c>
       <c r="D216" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E216" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F216">
-        <v>5.52</v>
+        <v>4.48</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" t="s">
         <v>6</v>
       </c>
       <c r="B217" t="s">
         <v>7</v>
       </c>
       <c r="C217" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="D217" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E217" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F217">
-        <v>6.277</v>
+        <v>5.52</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" t="s">
         <v>6</v>
       </c>
       <c r="B218" t="s">
         <v>7</v>
       </c>
       <c r="C218" t="s">
         <v>44</v>
       </c>
       <c r="D218" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E218" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F218">
-        <v>6.441</v>
+        <v>6.277</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" t="s">
         <v>6</v>
       </c>
       <c r="B219" t="s">
         <v>7</v>
       </c>
       <c r="C219" t="s">
         <v>44</v>
       </c>
       <c r="D219" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E219" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F219">
-        <v>6.177</v>
+        <v>6.441</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" t="s">
         <v>6</v>
       </c>
       <c r="B220" t="s">
         <v>7</v>
       </c>
       <c r="C220" t="s">
         <v>44</v>
       </c>
       <c r="D220" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E220" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F220">
-        <v>6.35955</v>
+        <v>6.177</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" t="s">
         <v>6</v>
       </c>
       <c r="B221" t="s">
         <v>7</v>
       </c>
       <c r="C221" t="s">
         <v>44</v>
       </c>
       <c r="D221" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E221" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F221">
-        <v>6.3</v>
+        <v>6.35955</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" t="s">
         <v>6</v>
       </c>
       <c r="B222" t="s">
         <v>7</v>
       </c>
       <c r="C222" t="s">
         <v>44</v>
       </c>
       <c r="D222" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E222" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F222">
-        <v>6.5</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" t="s">
         <v>6</v>
       </c>
       <c r="B223" t="s">
         <v>7</v>
       </c>
       <c r="C223" t="s">
         <v>44</v>
       </c>
       <c r="D223" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E223" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F223">
-        <v>6.3</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" t="s">
         <v>6</v>
       </c>
       <c r="B224" t="s">
         <v>7</v>
       </c>
       <c r="C224" t="s">
         <v>44</v>
       </c>
       <c r="D224" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E224" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F224">
-        <v>6.4</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" t="s">
         <v>6</v>
       </c>
       <c r="B225" t="s">
         <v>7</v>
       </c>
       <c r="C225" t="s">
         <v>44</v>
       </c>
       <c r="D225" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E225" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F225">
-        <v>6.6</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" t="s">
         <v>6</v>
       </c>
       <c r="B226" t="s">
         <v>7</v>
       </c>
       <c r="C226" t="s">
         <v>44</v>
       </c>
       <c r="D226" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E226" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F226">
-        <v>7.07</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" t="s">
         <v>6</v>
       </c>
       <c r="B227" t="s">
         <v>7</v>
       </c>
       <c r="C227" t="s">
         <v>44</v>
       </c>
       <c r="D227" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E227" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F227">
-        <v>6.97</v>
+        <v>7.07</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" t="s">
         <v>6</v>
       </c>
       <c r="B228" t="s">
         <v>7</v>
       </c>
       <c r="C228" t="s">
         <v>44</v>
       </c>
       <c r="D228" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E228" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F228">
-        <v>6.78</v>
+        <v>6.97</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" t="s">
         <v>6</v>
       </c>
       <c r="B229" t="s">
         <v>7</v>
       </c>
       <c r="C229" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="D229" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E229" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F229">
-        <v>5.783</v>
+        <v>6.78</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" t="s">
         <v>6</v>
       </c>
       <c r="B230" t="s">
         <v>7</v>
       </c>
       <c r="C230" t="s">
         <v>45</v>
       </c>
       <c r="D230" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E230" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F230">
-        <v>5.824</v>
+        <v>5.783</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" t="s">
         <v>6</v>
       </c>
       <c r="B231" t="s">
         <v>7</v>
       </c>
       <c r="C231" t="s">
         <v>45</v>
       </c>
       <c r="D231" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E231" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F231">
-        <v>6.14699</v>
+        <v>5.824</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" t="s">
         <v>6</v>
       </c>
       <c r="B232" t="s">
         <v>7</v>
       </c>
       <c r="C232" t="s">
         <v>45</v>
       </c>
       <c r="D232" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E232" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F232">
-        <v>6</v>
+        <v>6.14699</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" t="s">
         <v>6</v>
       </c>
       <c r="B233" t="s">
         <v>7</v>
       </c>
       <c r="C233" t="s">
         <v>45</v>
       </c>
       <c r="D233" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E233" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F233">
-        <v>5.9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" t="s">
         <v>6</v>
       </c>
       <c r="B234" t="s">
         <v>7</v>
       </c>
       <c r="C234" t="s">
         <v>45</v>
       </c>
       <c r="D234" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E234" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F234">
-        <v>5.93</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" t="s">
         <v>6</v>
       </c>
       <c r="B235" t="s">
         <v>7</v>
       </c>
       <c r="C235" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D235" s="2">
         <v>44561</v>
       </c>
       <c r="E235" s="3">
         <v>2021</v>
       </c>
       <c r="F235">
-        <v>1.16</v>
+        <v>5.93</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" t="s">
         <v>6</v>
       </c>
       <c r="B236" t="s">
         <v>7</v>
       </c>
       <c r="C236" t="s">
         <v>46</v>
       </c>
       <c r="D236" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E236" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F236">
-        <v>1.21</v>
+        <v>1.16</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" t="s">
         <v>6</v>
       </c>
       <c r="B237" t="s">
         <v>7</v>
       </c>
       <c r="C237" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="D237" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E237" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F237">
-        <v>5.104</v>
+        <v>1.21</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" t="s">
         <v>6</v>
       </c>
       <c r="B238" t="s">
         <v>7</v>
       </c>
       <c r="C238" t="s">
         <v>47</v>
       </c>
       <c r="D238" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E238" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F238">
-        <v>5.169</v>
+        <v>5.104</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" t="s">
         <v>6</v>
       </c>
       <c r="B239" t="s">
         <v>7</v>
       </c>
       <c r="C239" t="s">
         <v>47</v>
       </c>
       <c r="D239" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E239" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F239">
-        <v>5</v>
+        <v>5.169</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" t="s">
         <v>6</v>
       </c>
       <c r="B240" t="s">
         <v>7</v>
       </c>
       <c r="C240" t="s">
         <v>47</v>
       </c>
       <c r="D240" s="2">
-        <v>44926</v>
+        <v>43100</v>
       </c>
       <c r="E240" s="3">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="F240">
-        <v>3.43</v>
+        <v>5</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" t="s">
         <v>6</v>
       </c>
       <c r="B241" t="s">
         <v>7</v>
       </c>
       <c r="C241" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="D241" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E241" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F241">
-        <v>5.518</v>
+        <v>3.43</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" t="s">
         <v>6</v>
       </c>
       <c r="B242" t="s">
         <v>7</v>
       </c>
       <c r="C242" t="s">
         <v>48</v>
       </c>
       <c r="D242" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E242" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F242">
-        <v>5.604</v>
+        <v>5.518</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" t="s">
         <v>6</v>
       </c>
       <c r="B243" t="s">
         <v>7</v>
       </c>
       <c r="C243" t="s">
         <v>48</v>
       </c>
       <c r="D243" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E243" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F243">
-        <v>5.582</v>
+        <v>5.604</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" t="s">
         <v>6</v>
       </c>
       <c r="B244" t="s">
         <v>7</v>
       </c>
       <c r="C244" t="s">
         <v>48</v>
       </c>
       <c r="D244" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E244" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F244">
-        <v>5.5</v>
+        <v>5.582</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" t="s">
         <v>6</v>
       </c>
       <c r="B245" t="s">
         <v>7</v>
       </c>
       <c r="C245" t="s">
         <v>48</v>
       </c>
       <c r="D245" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E245" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F245">
-        <v>5.4</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" t="s">
         <v>6</v>
       </c>
       <c r="B246" t="s">
         <v>7</v>
       </c>
       <c r="C246" t="s">
         <v>48</v>
       </c>
       <c r="D246" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E246" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F246">
-        <v>5.5</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" t="s">
         <v>6</v>
       </c>
       <c r="B247" t="s">
         <v>7</v>
       </c>
       <c r="C247" t="s">
         <v>48</v>
       </c>
       <c r="D247" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E247" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F247">
-        <v>5.7</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" t="s">
         <v>6</v>
       </c>
       <c r="B248" t="s">
         <v>7</v>
       </c>
       <c r="C248" t="s">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="D248" s="2">
-        <v>41274</v>
+        <v>44196</v>
       </c>
       <c r="E248" s="3">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="F248">
-        <v>5.945</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" t="s">
         <v>6</v>
       </c>
       <c r="B249" t="s">
         <v>7</v>
       </c>
       <c r="C249" t="s">
         <v>49</v>
       </c>
       <c r="D249" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E249" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F249">
-        <v>5.88</v>
+        <v>5.945</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" t="s">
         <v>6</v>
       </c>
       <c r="B250" t="s">
         <v>7</v>
       </c>
       <c r="C250" t="s">
         <v>49</v>
       </c>
       <c r="D250" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E250" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F250">
-        <v>6.004</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" t="s">
         <v>6</v>
       </c>
       <c r="B251" t="s">
         <v>7</v>
       </c>
       <c r="C251" t="s">
         <v>49</v>
       </c>
       <c r="D251" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E251" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F251">
-        <v>5.90922</v>
+        <v>6.004</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" t="s">
         <v>6</v>
       </c>
       <c r="B252" t="s">
         <v>7</v>
       </c>
       <c r="C252" t="s">
         <v>49</v>
       </c>
       <c r="D252" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E252" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F252">
-        <v>6</v>
+        <v>5.90922</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" t="s">
         <v>6</v>
       </c>
       <c r="B253" t="s">
         <v>7</v>
       </c>
       <c r="C253" t="s">
         <v>49</v>
       </c>
       <c r="D253" s="2">
-        <v>44196</v>
+        <v>42735</v>
       </c>
       <c r="E253" s="3">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="F253">
-        <v>5.8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" t="s">
         <v>6</v>
       </c>
       <c r="B254" t="s">
         <v>7</v>
       </c>
       <c r="C254" t="s">
         <v>49</v>
       </c>
       <c r="D254" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E254" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F254">
-        <v>5.21</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" t="s">
         <v>6</v>
       </c>
       <c r="B255" t="s">
         <v>7</v>
       </c>
       <c r="C255" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="D255" s="2">
-        <v>42735</v>
+        <v>44926</v>
       </c>
       <c r="E255" s="3">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="F255">
-        <v>5.2</v>
+        <v>5.21</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" t="s">
         <v>6</v>
       </c>
       <c r="B256" t="s">
         <v>7</v>
       </c>
       <c r="C256" t="s">
         <v>50</v>
       </c>
       <c r="D256" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E256" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F256">
-        <v>5.6</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" t="s">
         <v>6</v>
       </c>
       <c r="B257" t="s">
         <v>7</v>
       </c>
       <c r="C257" t="s">
         <v>50</v>
       </c>
       <c r="D257" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E257" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F257">
-        <v>5.63</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" t="s">
         <v>6</v>
       </c>
       <c r="B258" t="s">
         <v>7</v>
       </c>
       <c r="C258" t="s">
         <v>50</v>
       </c>
       <c r="D258" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E258" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F258">
-        <v>5.67</v>
+        <v>5.63</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" t="s">
         <v>6</v>
       </c>
       <c r="B259" t="s">
         <v>7</v>
       </c>
       <c r="C259" t="s">
         <v>50</v>
       </c>
       <c r="D259" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E259" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F259">
-        <v>5.83</v>
+        <v>5.67</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" t="s">
         <v>6</v>
       </c>
       <c r="B260" t="s">
         <v>7</v>
       </c>
       <c r="C260" t="s">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="D260" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E260" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F260">
-        <v>4.378</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" t="s">
         <v>6</v>
       </c>
       <c r="B261" t="s">
         <v>7</v>
       </c>
       <c r="C261" t="s">
         <v>51</v>
       </c>
       <c r="D261" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E261" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F261">
-        <v>4.725</v>
+        <v>4.378</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" t="s">
         <v>6</v>
       </c>
       <c r="B262" t="s">
         <v>7</v>
       </c>
       <c r="C262" t="s">
         <v>51</v>
       </c>
       <c r="D262" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E262" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F262">
-        <v>4.20104</v>
+        <v>4.725</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" t="s">
         <v>6</v>
       </c>
       <c r="B263" t="s">
         <v>7</v>
       </c>
       <c r="C263" t="s">
         <v>51</v>
       </c>
       <c r="D263" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E263" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F263">
-        <v>4.2</v>
+        <v>4.20104</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" t="s">
         <v>6</v>
       </c>
       <c r="B264" t="s">
         <v>7</v>
       </c>
       <c r="C264" t="s">
         <v>51</v>
       </c>
       <c r="D264" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E264" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F264">
-        <v>4.8</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" t="s">
         <v>6</v>
       </c>
       <c r="B265" t="s">
         <v>7</v>
       </c>
       <c r="C265" t="s">
         <v>51</v>
       </c>
       <c r="D265" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E265" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F265">
-        <v>4.4</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" t="s">
         <v>6</v>
       </c>
       <c r="B266" t="s">
         <v>7</v>
       </c>
       <c r="C266" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="D266" s="2">
-        <v>41274</v>
+        <v>43830</v>
       </c>
       <c r="E266" s="3">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="F266">
-        <v>4.261</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" t="s">
         <v>6</v>
       </c>
       <c r="B267" t="s">
         <v>7</v>
       </c>
       <c r="C267" t="s">
         <v>52</v>
       </c>
       <c r="D267" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E267" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F267">
-        <v>4.427</v>
+        <v>4.261</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" t="s">
         <v>6</v>
       </c>
       <c r="B268" t="s">
         <v>7</v>
       </c>
       <c r="C268" t="s">
         <v>52</v>
       </c>
       <c r="D268" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E268" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F268">
-        <v>4.235</v>
+        <v>4.427</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" t="s">
         <v>6</v>
       </c>
       <c r="B269" t="s">
         <v>7</v>
       </c>
       <c r="C269" t="s">
         <v>52</v>
       </c>
       <c r="D269" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E269" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F269">
-        <v>4.47649</v>
+        <v>4.235</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" t="s">
         <v>6</v>
       </c>
       <c r="B270" t="s">
         <v>7</v>
       </c>
       <c r="C270" t="s">
         <v>52</v>
       </c>
       <c r="D270" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E270" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F270">
-        <v>4.6</v>
+        <v>4.47649</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" t="s">
         <v>6</v>
       </c>
       <c r="B271" t="s">
         <v>7</v>
       </c>
       <c r="C271" t="s">
         <v>52</v>
       </c>
       <c r="D271" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E271" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F271">
-        <v>5.1</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" t="s">
         <v>6</v>
       </c>
       <c r="B272" t="s">
         <v>7</v>
       </c>
       <c r="C272" t="s">
         <v>52</v>
       </c>
       <c r="D272" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E272" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F272">
-        <v>4.9</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" t="s">
         <v>6</v>
       </c>
       <c r="B273" t="s">
         <v>7</v>
       </c>
       <c r="C273" t="s">
         <v>52</v>
       </c>
       <c r="D273" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E273" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F273">
-        <v>4.71</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" t="s">
         <v>6</v>
       </c>
       <c r="B274" t="s">
         <v>7</v>
       </c>
       <c r="C274" t="s">
         <v>52</v>
       </c>
       <c r="D274" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E274" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F274">
-        <v>4.77</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" t="s">
         <v>6</v>
       </c>
       <c r="B275" t="s">
         <v>7</v>
       </c>
       <c r="C275" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="D275" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E275" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F275">
-        <v>5.202</v>
+        <v>4.77</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" t="s">
         <v>6</v>
       </c>
       <c r="B276" t="s">
         <v>7</v>
       </c>
       <c r="C276" t="s">
         <v>53</v>
       </c>
       <c r="D276" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E276" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F276">
-        <v>6.9123</v>
+        <v>5.202</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" t="s">
         <v>6</v>
       </c>
       <c r="B277" t="s">
         <v>7</v>
       </c>
       <c r="C277" t="s">
         <v>53</v>
       </c>
       <c r="D277" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E277" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F277">
-        <v>6.1</v>
+        <v>6.9123</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" t="s">
         <v>6</v>
       </c>
       <c r="B278" t="s">
         <v>7</v>
       </c>
       <c r="C278" t="s">
         <v>53</v>
       </c>
       <c r="D278" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E278" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F278">
-        <v>6.28</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" t="s">
         <v>6</v>
       </c>
       <c r="B279" t="s">
         <v>7</v>
       </c>
       <c r="C279" t="s">
         <v>53</v>
       </c>
       <c r="D279" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E279" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F279">
-        <v>5.58</v>
+        <v>6.28</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" t="s">
         <v>6</v>
       </c>
       <c r="B280" t="s">
         <v>7</v>
       </c>
       <c r="C280" t="s">
         <v>53</v>
       </c>
       <c r="D280" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E280" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F280">
-        <v>6.25</v>
+        <v>5.58</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" t="s">
         <v>6</v>
       </c>
       <c r="B281" t="s">
         <v>7</v>
       </c>
       <c r="C281" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="D281" s="2">
-        <v>43830</v>
+        <v>45291</v>
       </c>
       <c r="E281" s="3">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="F281">
-        <v>3.6</v>
+        <v>6.25</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" t="s">
         <v>6</v>
       </c>
       <c r="B282" t="s">
         <v>7</v>
       </c>
       <c r="C282" t="s">
         <v>54</v>
       </c>
       <c r="D282" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E282" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F282">
-        <v>2.07</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" t="s">
         <v>6</v>
       </c>
       <c r="B283" t="s">
         <v>7</v>
       </c>
       <c r="C283" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="D283" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E283" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F283">
-        <v>4.529</v>
+        <v>2.07</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" t="s">
         <v>6</v>
       </c>
       <c r="B284" t="s">
         <v>7</v>
       </c>
       <c r="C284" t="s">
         <v>55</v>
       </c>
       <c r="D284" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E284" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F284">
-        <v>4.671</v>
+        <v>4.529</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" t="s">
         <v>6</v>
       </c>
       <c r="B285" t="s">
         <v>7</v>
       </c>
       <c r="C285" t="s">
         <v>55</v>
       </c>
       <c r="D285" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E285" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F285">
-        <v>4.794</v>
+        <v>4.671</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" t="s">
         <v>6</v>
       </c>
       <c r="B286" t="s">
         <v>7</v>
       </c>
       <c r="C286" t="s">
         <v>55</v>
       </c>
       <c r="D286" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E286" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F286">
-        <v>4.3</v>
+        <v>4.794</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" t="s">
         <v>6</v>
       </c>
       <c r="B287" t="s">
         <v>7</v>
       </c>
       <c r="C287" t="s">
         <v>55</v>
       </c>
       <c r="D287" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E287" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F287">
-        <v>4.4</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" t="s">
         <v>6</v>
       </c>
       <c r="B288" t="s">
         <v>7</v>
       </c>
       <c r="C288" t="s">
         <v>55</v>
       </c>
       <c r="D288" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E288" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F288">
-        <v>3.68</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" t="s">
         <v>6</v>
       </c>
       <c r="B289" t="s">
         <v>7</v>
       </c>
       <c r="C289" t="s">
         <v>55</v>
       </c>
       <c r="D289" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E289" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F289">
-        <v>3.64</v>
+        <v>3.68</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" t="s">
         <v>6</v>
       </c>
       <c r="B290" t="s">
         <v>7</v>
       </c>
       <c r="C290" t="s">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="D290" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E290" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F290">
-        <v>5.19</v>
+        <v>3.64</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" t="s">
         <v>6</v>
       </c>
       <c r="B291" t="s">
         <v>7</v>
       </c>
       <c r="C291" t="s">
         <v>56</v>
       </c>
       <c r="D291" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E291" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F291">
-        <v>5.93295</v>
+        <v>5.19</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" t="s">
         <v>6</v>
       </c>
       <c r="B292" t="s">
         <v>7</v>
       </c>
       <c r="C292" t="s">
         <v>56</v>
       </c>
       <c r="D292" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E292" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F292">
-        <v>5.9</v>
+        <v>5.93295</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" t="s">
         <v>6</v>
       </c>
       <c r="B293" t="s">
         <v>7</v>
       </c>
       <c r="C293" t="s">
         <v>56</v>
       </c>
       <c r="D293" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E293" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F293">
-        <v>5.7</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" t="s">
         <v>6</v>
       </c>
       <c r="B294" t="s">
         <v>7</v>
       </c>
       <c r="C294" t="s">
         <v>56</v>
       </c>
       <c r="D294" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E294" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F294">
-        <v>6.01</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" t="s">
         <v>6</v>
       </c>
       <c r="B295" t="s">
         <v>7</v>
       </c>
       <c r="C295" t="s">
         <v>56</v>
       </c>
       <c r="D295" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E295" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F295">
-        <v>3.38</v>
+        <v>6.01</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" t="s">
         <v>6</v>
       </c>
       <c r="B296" t="s">
         <v>7</v>
       </c>
       <c r="C296" t="s">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="D296" s="2">
-        <v>43465</v>
+        <v>45291</v>
       </c>
       <c r="E296" s="3">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F296">
-        <v>5.1</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" t="s">
         <v>6</v>
       </c>
       <c r="B297" t="s">
         <v>7</v>
       </c>
       <c r="C297" t="s">
         <v>57</v>
       </c>
       <c r="D297" s="2">
-        <v>45291</v>
+        <v>43465</v>
       </c>
       <c r="E297" s="3">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="F297">
-        <v>4.8</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" t="s">
         <v>6</v>
       </c>
       <c r="B298" t="s">
         <v>7</v>
       </c>
       <c r="C298" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="D298" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E298" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F298">
-        <v>3.974</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" t="s">
         <v>6</v>
       </c>
       <c r="B299" t="s">
         <v>7</v>
       </c>
       <c r="C299" t="s">
         <v>58</v>
       </c>
       <c r="D299" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E299" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F299">
-        <v>3.868</v>
+        <v>3.974</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" t="s">
         <v>6</v>
       </c>
       <c r="B300" t="s">
         <v>7</v>
       </c>
       <c r="C300" t="s">
         <v>58</v>
       </c>
       <c r="D300" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E300" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F300">
-        <v>3.93296</v>
+        <v>3.868</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" t="s">
         <v>6</v>
       </c>
       <c r="B301" t="s">
         <v>7</v>
       </c>
       <c r="C301" t="s">
         <v>58</v>
       </c>
       <c r="D301" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E301" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F301">
-        <v>3.8</v>
+        <v>3.93296</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" t="s">
         <v>6</v>
       </c>
       <c r="B302" t="s">
         <v>7</v>
       </c>
       <c r="C302" t="s">
         <v>58</v>
       </c>
       <c r="D302" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E302" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F302">
-        <v>4</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" t="s">
         <v>6</v>
       </c>
       <c r="B303" t="s">
         <v>7</v>
       </c>
       <c r="C303" t="s">
         <v>58</v>
       </c>
       <c r="D303" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E303" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F303">
-        <v>3.6</v>
+        <v>4</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" t="s">
         <v>6</v>
       </c>
       <c r="B304" t="s">
         <v>7</v>
       </c>
       <c r="C304" t="s">
         <v>58</v>
       </c>
       <c r="D304" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E304" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F304">
-        <v>2.96</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" t="s">
         <v>6</v>
       </c>
       <c r="B305" t="s">
         <v>7</v>
       </c>
       <c r="C305" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="D305" s="2">
-        <v>42369</v>
+        <v>44926</v>
       </c>
       <c r="E305" s="3">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="F305">
-        <v>6.889</v>
+        <v>2.96</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" t="s">
         <v>6</v>
       </c>
       <c r="B306" t="s">
         <v>7</v>
       </c>
       <c r="C306" t="s">
         <v>59</v>
       </c>
       <c r="D306" s="2">
-        <v>44926</v>
+        <v>42369</v>
       </c>
       <c r="E306" s="3">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="F306">
-        <v>5.12</v>
+        <v>6.889</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" t="s">
         <v>6</v>
       </c>
       <c r="B307" t="s">
         <v>7</v>
       </c>
       <c r="C307" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="D307" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E307" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F307">
-        <v>5.05</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" t="s">
         <v>6</v>
       </c>
       <c r="B308" t="s">
         <v>7</v>
       </c>
       <c r="C308" t="s">
         <v>60</v>
       </c>
       <c r="D308" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E308" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F308">
-        <v>5.3</v>
+        <v>5.05</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" t="s">
         <v>6</v>
       </c>
       <c r="B309" t="s">
         <v>7</v>
       </c>
       <c r="C309" t="s">
         <v>60</v>
       </c>
       <c r="D309" s="2">
-        <v>44561</v>
+        <v>42735</v>
       </c>
       <c r="E309" s="3">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="F309">
-        <v>4.62</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" t="s">
         <v>6</v>
       </c>
       <c r="B310" t="s">
         <v>7</v>
       </c>
       <c r="C310" t="s">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="D310" s="2">
-        <v>41639</v>
+        <v>44561</v>
       </c>
       <c r="E310" s="3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F310">
-        <v>3.354</v>
+        <v>4.62</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" t="s">
         <v>6</v>
       </c>
       <c r="B311" t="s">
         <v>7</v>
       </c>
       <c r="C311" t="s">
         <v>61</v>
       </c>
       <c r="D311" s="2">
-        <v>43100</v>
+        <v>41639</v>
       </c>
       <c r="E311" s="3">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="F311">
-        <v>3.6</v>
+        <v>3.354</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" t="s">
         <v>6</v>
       </c>
       <c r="B312" t="s">
         <v>7</v>
       </c>
       <c r="C312" t="s">
         <v>61</v>
       </c>
       <c r="D312" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E312" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F312">
-        <v>3.2</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" t="s">
         <v>6</v>
       </c>
       <c r="B313" t="s">
         <v>7</v>
       </c>
       <c r="C313" t="s">
         <v>61</v>
       </c>
       <c r="D313" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E313" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F313">
-        <v>2.79</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" t="s">
         <v>6</v>
       </c>
       <c r="B314" t="s">
         <v>7</v>
       </c>
       <c r="C314" t="s">
         <v>61</v>
       </c>
       <c r="D314" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E314" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F314">
-        <v>2.78</v>
+        <v>2.79</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" t="s">
         <v>6</v>
       </c>
       <c r="B315" t="s">
         <v>7</v>
       </c>
       <c r="C315" t="s">
-        <v>62</v>
+        <v>61</v>
       </c>
       <c r="D315" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E315" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F315">
-        <v>4.344</v>
+        <v>2.78</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" t="s">
         <v>6</v>
       </c>
       <c r="B316" t="s">
         <v>7</v>
       </c>
       <c r="C316" t="s">
         <v>62</v>
       </c>
       <c r="D316" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E316" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F316">
-        <v>4.2933</v>
+        <v>4.344</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" t="s">
         <v>6</v>
       </c>
       <c r="B317" t="s">
         <v>7</v>
       </c>
       <c r="C317" t="s">
         <v>62</v>
       </c>
       <c r="D317" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E317" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F317">
-        <v>4.1</v>
+        <v>4.2933</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" t="s">
         <v>6</v>
       </c>
       <c r="B318" t="s">
         <v>7</v>
       </c>
       <c r="C318" t="s">
         <v>62</v>
       </c>
       <c r="D318" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E318" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F318">
-        <v>3.6</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" t="s">
         <v>6</v>
       </c>
       <c r="B319" t="s">
         <v>7</v>
       </c>
       <c r="C319" t="s">
         <v>62</v>
       </c>
       <c r="D319" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E319" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F319">
-        <v>2.23</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" t="s">
         <v>6</v>
       </c>
       <c r="B320" t="s">
         <v>7</v>
       </c>
       <c r="C320" t="s">
         <v>62</v>
       </c>
       <c r="D320" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E320" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F320">
-        <v>2.66</v>
+        <v>2.23</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" t="s">
         <v>6</v>
       </c>
       <c r="B321" t="s">
         <v>7</v>
       </c>
       <c r="C321" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="D321" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E321" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F321">
-        <v>6.818</v>
+        <v>2.66</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" t="s">
         <v>6</v>
       </c>
       <c r="B322" t="s">
         <v>7</v>
       </c>
       <c r="C322" t="s">
         <v>63</v>
       </c>
       <c r="D322" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E322" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F322">
-        <v>6.707</v>
+        <v>6.818</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" t="s">
         <v>6</v>
       </c>
       <c r="B323" t="s">
         <v>7</v>
       </c>
       <c r="C323" t="s">
         <v>63</v>
       </c>
       <c r="D323" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E323" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F323">
-        <v>6.513</v>
+        <v>6.707</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" t="s">
         <v>6</v>
       </c>
       <c r="B324" t="s">
         <v>7</v>
       </c>
       <c r="C324" t="s">
         <v>63</v>
       </c>
       <c r="D324" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E324" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F324">
-        <v>6.83622</v>
+        <v>6.513</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" t="s">
         <v>6</v>
       </c>
       <c r="B325" t="s">
         <v>7</v>
       </c>
       <c r="C325" t="s">
         <v>63</v>
       </c>
       <c r="D325" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E325" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F325">
-        <v>6.9</v>
+        <v>6.83622</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" t="s">
         <v>6</v>
       </c>
       <c r="B326" t="s">
         <v>7</v>
       </c>
       <c r="C326" t="s">
         <v>63</v>
       </c>
       <c r="D326" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E326" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F326">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" t="s">
         <v>6</v>
       </c>
       <c r="B327" t="s">
         <v>7</v>
       </c>
       <c r="C327" t="s">
         <v>63</v>
       </c>
       <c r="D327" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E327" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F327">
         <v>6.8</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" t="s">
         <v>6</v>
       </c>
       <c r="B328" t="s">
         <v>7</v>
       </c>
       <c r="C328" t="s">
         <v>63</v>
       </c>
       <c r="D328" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E328" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F328">
         <v>6.8</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" t="s">
         <v>6</v>
       </c>
       <c r="B329" t="s">
         <v>7</v>
       </c>
       <c r="C329" t="s">
         <v>63</v>
       </c>
       <c r="D329" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E329" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F329">
-        <v>7.38</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" t="s">
         <v>6</v>
       </c>
       <c r="B330" t="s">
         <v>7</v>
       </c>
       <c r="C330" t="s">
         <v>63</v>
       </c>
       <c r="D330" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E330" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F330">
-        <v>7.92</v>
+        <v>7.38</v>
       </c>
     </row>
     <row r="331">
       <c r="A331" t="s">
         <v>6</v>
       </c>
       <c r="B331" t="s">
         <v>7</v>
       </c>
       <c r="C331" t="s">
         <v>63</v>
       </c>
       <c r="D331" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E331" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F331">
-        <v>7.38</v>
+        <v>7.92</v>
       </c>
     </row>
     <row r="332">
       <c r="A332" t="s">
         <v>6</v>
       </c>
       <c r="B332" t="s">
         <v>7</v>
       </c>
       <c r="C332" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="D332" s="2">
-        <v>42735</v>
+        <v>45291</v>
       </c>
       <c r="E332" s="3">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="F332">
-        <v>7.3</v>
+        <v>7.38</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" t="s">
         <v>6</v>
       </c>
       <c r="B333" t="s">
         <v>7</v>
       </c>
       <c r="C333" t="s">
         <v>64</v>
       </c>
       <c r="D333" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E333" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F333">
         <v>7.3</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" t="s">
         <v>6</v>
       </c>
       <c r="B334" t="s">
         <v>7</v>
       </c>
       <c r="C334" t="s">
         <v>64</v>
       </c>
       <c r="D334" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E334" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F334">
-        <v>7.1</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="335">
       <c r="A335" t="s">
         <v>6</v>
       </c>
       <c r="B335" t="s">
         <v>7</v>
       </c>
       <c r="C335" t="s">
         <v>64</v>
       </c>
       <c r="D335" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E335" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F335">
-        <v>7</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="336">
       <c r="A336" t="s">
         <v>6</v>
       </c>
       <c r="B336" t="s">
         <v>7</v>
       </c>
       <c r="C336" t="s">
         <v>64</v>
       </c>
       <c r="D336" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E336" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F336">
-        <v>8.56</v>
+        <v>7</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" t="s">
         <v>6</v>
       </c>
       <c r="B337" t="s">
         <v>7</v>
       </c>
       <c r="C337" t="s">
         <v>64</v>
       </c>
       <c r="D337" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E337" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F337">
-        <v>8.37</v>
+        <v>8.56</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" t="s">
         <v>6</v>
       </c>
       <c r="B338" t="s">
         <v>7</v>
       </c>
       <c r="C338" t="s">
         <v>64</v>
       </c>
       <c r="D338" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E338" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F338">
-        <v>8.05</v>
+        <v>8.37</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" t="s">
         <v>6</v>
       </c>
       <c r="B339" t="s">
         <v>7</v>
       </c>
       <c r="C339" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="D339" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E339" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F339">
-        <v>4.213</v>
+        <v>8.05</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" t="s">
         <v>6</v>
       </c>
       <c r="B340" t="s">
         <v>7</v>
       </c>
       <c r="C340" t="s">
         <v>65</v>
       </c>
       <c r="D340" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E340" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F340">
-        <v>4.112</v>
+        <v>4.213</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" t="s">
         <v>6</v>
       </c>
       <c r="B341" t="s">
         <v>7</v>
       </c>
       <c r="C341" t="s">
         <v>65</v>
       </c>
       <c r="D341" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E341" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F341">
-        <v>4.5</v>
+        <v>4.112</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" t="s">
         <v>6</v>
       </c>
       <c r="B342" t="s">
         <v>7</v>
       </c>
       <c r="C342" t="s">
         <v>65</v>
       </c>
       <c r="D342" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E342" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F342">
-        <v>4</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" t="s">
         <v>6</v>
       </c>
       <c r="B343" t="s">
         <v>7</v>
       </c>
       <c r="C343" t="s">
         <v>65</v>
       </c>
       <c r="D343" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E343" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F343">
-        <v>3.09</v>
+        <v>4</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" t="s">
         <v>6</v>
       </c>
       <c r="B344" t="s">
         <v>7</v>
       </c>
       <c r="C344" t="s">
         <v>65</v>
       </c>
       <c r="D344" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E344" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F344">
-        <v>3.84</v>
+        <v>3.09</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" t="s">
         <v>6</v>
       </c>
       <c r="B345" t="s">
         <v>7</v>
       </c>
       <c r="C345" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="D345" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E345" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F345">
-        <v>5.893</v>
+        <v>3.84</v>
       </c>
     </row>
     <row r="346">
       <c r="A346" t="s">
         <v>6</v>
       </c>
       <c r="B346" t="s">
         <v>7</v>
       </c>
       <c r="C346" t="s">
         <v>66</v>
       </c>
       <c r="D346" s="2">
-        <v>43100</v>
+        <v>41274</v>
       </c>
       <c r="E346" s="3">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="F346">
-        <v>6.3</v>
+        <v>5.893</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" t="s">
         <v>6</v>
       </c>
       <c r="B347" t="s">
         <v>7</v>
       </c>
       <c r="C347" t="s">
         <v>66</v>
       </c>
       <c r="D347" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E347" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F347">
-        <v>5.6</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" t="s">
         <v>6</v>
       </c>
       <c r="B348" t="s">
         <v>7</v>
       </c>
       <c r="C348" t="s">
         <v>66</v>
       </c>
       <c r="D348" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E348" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F348">
-        <v>5.12</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" t="s">
         <v>6</v>
       </c>
       <c r="B349" t="s">
         <v>7</v>
       </c>
       <c r="C349" t="s">
         <v>66</v>
       </c>
       <c r="D349" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E349" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F349">
-        <v>4.86</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" t="s">
         <v>6</v>
       </c>
       <c r="B350" t="s">
         <v>7</v>
       </c>
       <c r="C350" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="D350" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E350" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F350">
-        <v>6.536</v>
+        <v>4.86</v>
       </c>
     </row>
     <row r="351">
       <c r="A351" t="s">
         <v>6</v>
       </c>
       <c r="B351" t="s">
         <v>7</v>
       </c>
       <c r="C351" t="s">
         <v>67</v>
       </c>
       <c r="D351" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E351" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F351">
-        <v>6.9</v>
+        <v>6.536</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" t="s">
         <v>6</v>
       </c>
       <c r="B352" t="s">
         <v>7</v>
       </c>
       <c r="C352" t="s">
         <v>67</v>
       </c>
       <c r="D352" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E352" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F352">
-        <v>7.1</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" t="s">
         <v>6</v>
       </c>
       <c r="B353" t="s">
         <v>7</v>
       </c>
       <c r="C353" t="s">
         <v>67</v>
       </c>
       <c r="D353" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E353" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F353">
-        <v>7.05</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" t="s">
         <v>6</v>
       </c>
       <c r="B354" t="s">
         <v>7</v>
       </c>
       <c r="C354" t="s">
         <v>67</v>
       </c>
       <c r="D354" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E354" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F354">
-        <v>7.07</v>
+        <v>7.05</v>
       </c>
     </row>
     <row r="355">
       <c r="A355" t="s">
         <v>6</v>
       </c>
       <c r="B355" t="s">
         <v>7</v>
       </c>
       <c r="C355" t="s">
         <v>67</v>
       </c>
       <c r="D355" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E355" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F355">
-        <v>7.09</v>
+        <v>7.07</v>
       </c>
     </row>
     <row r="356">
       <c r="A356" t="s">
         <v>6</v>
       </c>
       <c r="B356" t="s">
         <v>7</v>
       </c>
       <c r="C356" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="D356" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E356" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F356">
-        <v>6.619</v>
+        <v>7.09</v>
       </c>
     </row>
     <row r="357">
       <c r="A357" t="s">
         <v>6</v>
       </c>
       <c r="B357" t="s">
         <v>7</v>
       </c>
       <c r="C357" t="s">
         <v>68</v>
       </c>
       <c r="D357" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E357" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F357">
-        <v>6.904</v>
+        <v>6.619</v>
       </c>
     </row>
     <row r="358">
       <c r="A358" t="s">
         <v>6</v>
       </c>
       <c r="B358" t="s">
         <v>7</v>
       </c>
       <c r="C358" t="s">
         <v>68</v>
       </c>
       <c r="D358" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E358" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F358">
-        <v>7.03899</v>
+        <v>6.904</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" t="s">
         <v>6</v>
       </c>
       <c r="B359" t="s">
         <v>7</v>
       </c>
       <c r="C359" t="s">
         <v>68</v>
       </c>
       <c r="D359" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E359" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F359">
-        <v>7</v>
+        <v>7.03899</v>
       </c>
     </row>
     <row r="360">
       <c r="A360" t="s">
         <v>6</v>
       </c>
       <c r="B360" t="s">
         <v>7</v>
       </c>
       <c r="C360" t="s">
         <v>68</v>
       </c>
       <c r="D360" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E360" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F360">
-        <v>6.9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="361">
       <c r="A361" t="s">
         <v>6</v>
       </c>
       <c r="B361" t="s">
         <v>7</v>
       </c>
       <c r="C361" t="s">
         <v>68</v>
       </c>
       <c r="D361" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E361" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F361">
-        <v>6.7</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" t="s">
         <v>6</v>
       </c>
       <c r="B362" t="s">
         <v>7</v>
       </c>
       <c r="C362" t="s">
         <v>68</v>
       </c>
       <c r="D362" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E362" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F362">
-        <v>7.3</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" t="s">
         <v>6</v>
       </c>
       <c r="B363" t="s">
         <v>7</v>
       </c>
       <c r="C363" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="D363" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E363" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F363">
-        <v>7.668</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" t="s">
         <v>6</v>
       </c>
       <c r="B364" t="s">
         <v>7</v>
       </c>
       <c r="C364" t="s">
         <v>69</v>
       </c>
       <c r="D364" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E364" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F364">
-        <v>7.32261</v>
+        <v>7.668</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" t="s">
         <v>6</v>
       </c>
       <c r="B365" t="s">
         <v>7</v>
       </c>
       <c r="C365" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="D365" s="2">
-        <v>41274</v>
+        <v>42369</v>
       </c>
       <c r="E365" s="3">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="F365">
-        <v>7.295</v>
+        <v>7.32261</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" t="s">
         <v>6</v>
       </c>
       <c r="B366" t="s">
         <v>7</v>
       </c>
       <c r="C366" t="s">
         <v>70</v>
       </c>
       <c r="D366" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E366" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F366">
-        <v>7.303</v>
+        <v>7.295</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" t="s">
         <v>6</v>
       </c>
       <c r="B367" t="s">
         <v>7</v>
       </c>
       <c r="C367" t="s">
         <v>70</v>
       </c>
       <c r="D367" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E367" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F367">
-        <v>7.286</v>
+        <v>7.303</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" t="s">
         <v>6</v>
       </c>
       <c r="B368" t="s">
         <v>7</v>
       </c>
       <c r="C368" t="s">
         <v>70</v>
       </c>
       <c r="D368" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E368" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F368">
-        <v>6.96051</v>
+        <v>7.286</v>
       </c>
     </row>
     <row r="369">
       <c r="A369" t="s">
         <v>6</v>
       </c>
       <c r="B369" t="s">
         <v>7</v>
       </c>
       <c r="C369" t="s">
         <v>70</v>
       </c>
       <c r="D369" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E369" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F369">
-        <v>6.7</v>
+        <v>6.96051</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" t="s">
         <v>6</v>
       </c>
       <c r="B370" t="s">
         <v>7</v>
       </c>
       <c r="C370" t="s">
         <v>70</v>
       </c>
       <c r="D370" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E370" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F370">
-        <v>6.8</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" t="s">
         <v>6</v>
       </c>
       <c r="B371" t="s">
         <v>7</v>
       </c>
       <c r="C371" t="s">
         <v>70</v>
       </c>
       <c r="D371" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E371" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F371">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" t="s">
         <v>6</v>
       </c>
       <c r="B372" t="s">
         <v>7</v>
       </c>
       <c r="C372" t="s">
         <v>70</v>
       </c>
       <c r="D372" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E372" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F372">
-        <v>8.19</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" t="s">
         <v>6</v>
       </c>
       <c r="B373" t="s">
         <v>7</v>
       </c>
       <c r="C373" t="s">
         <v>70</v>
       </c>
       <c r="D373" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E373" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F373">
-        <v>8.04</v>
+        <v>8.19</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" t="s">
         <v>6</v>
       </c>
       <c r="B374" t="s">
         <v>7</v>
       </c>
       <c r="C374" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="D374" s="2">
-        <v>44196</v>
+        <v>45291</v>
       </c>
       <c r="E374" s="3">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="F374">
-        <v>3.4</v>
+        <v>8.04</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" t="s">
         <v>6</v>
       </c>
       <c r="B375" t="s">
         <v>7</v>
       </c>
       <c r="C375" t="s">
         <v>71</v>
       </c>
       <c r="D375" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E375" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F375">
-        <v>2.46</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" t="s">
         <v>6</v>
       </c>
       <c r="B376" t="s">
         <v>7</v>
       </c>
       <c r="C376" t="s">
         <v>71</v>
       </c>
       <c r="D376" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E376" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F376">
-        <v>2.47</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" t="s">
         <v>6</v>
       </c>
       <c r="B377" t="s">
         <v>7</v>
       </c>
       <c r="C377" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="D377" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E377" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F377">
-        <v>5.227</v>
+        <v>2.47</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" t="s">
         <v>6</v>
       </c>
       <c r="B378" t="s">
         <v>7</v>
       </c>
       <c r="C378" t="s">
         <v>72</v>
       </c>
       <c r="D378" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E378" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F378">
-        <v>5.889</v>
+        <v>5.227</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" t="s">
         <v>6</v>
       </c>
       <c r="B379" t="s">
         <v>7</v>
       </c>
       <c r="C379" t="s">
         <v>72</v>
       </c>
       <c r="D379" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E379" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F379">
-        <v>6.3</v>
+        <v>5.889</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" t="s">
         <v>6</v>
       </c>
       <c r="B380" t="s">
         <v>7</v>
       </c>
       <c r="C380" t="s">
         <v>72</v>
       </c>
       <c r="D380" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E380" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F380">
-        <v>5.7</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" t="s">
         <v>6</v>
       </c>
       <c r="B381" t="s">
         <v>7</v>
       </c>
       <c r="C381" t="s">
         <v>72</v>
       </c>
       <c r="D381" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E381" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F381">
-        <v>4.44</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" t="s">
         <v>6</v>
       </c>
       <c r="B382" t="s">
         <v>7</v>
       </c>
       <c r="C382" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="D382" s="2">
-        <v>42735</v>
+        <v>44926</v>
       </c>
       <c r="E382" s="3">
-        <v>2016</v>
+        <v>2022</v>
       </c>
       <c r="F382">
-        <v>3.8</v>
+        <v>4.44</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" t="s">
         <v>6</v>
       </c>
       <c r="B383" t="s">
         <v>7</v>
       </c>
       <c r="C383" t="s">
         <v>73</v>
       </c>
       <c r="D383" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E383" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F383">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" t="s">
         <v>6</v>
       </c>
       <c r="B384" t="s">
         <v>7</v>
       </c>
       <c r="C384" t="s">
         <v>73</v>
       </c>
       <c r="D384" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E384" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F384">
-        <v>3.9</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" t="s">
         <v>6</v>
       </c>
       <c r="B385" t="s">
         <v>7</v>
       </c>
       <c r="C385" t="s">
         <v>73</v>
       </c>
       <c r="D385" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E385" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F385">
-        <v>2.48</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" t="s">
         <v>6</v>
       </c>
       <c r="B386" t="s">
         <v>7</v>
       </c>
       <c r="C386" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="D386" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E386" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F386">
-        <v>7.335</v>
+        <v>2.48</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" t="s">
         <v>6</v>
       </c>
       <c r="B387" t="s">
         <v>7</v>
       </c>
       <c r="C387" t="s">
         <v>74</v>
       </c>
       <c r="D387" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E387" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F387">
-        <v>7.379</v>
+        <v>7.335</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" t="s">
         <v>6</v>
       </c>
       <c r="B388" t="s">
         <v>7</v>
       </c>
       <c r="C388" t="s">
         <v>74</v>
       </c>
       <c r="D388" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E388" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F388">
-        <v>7.463</v>
+        <v>7.379</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" t="s">
         <v>6</v>
       </c>
       <c r="B389" t="s">
         <v>7</v>
       </c>
       <c r="C389" t="s">
         <v>74</v>
       </c>
       <c r="D389" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E389" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F389">
-        <v>7.40819</v>
+        <v>7.463</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" t="s">
         <v>6</v>
       </c>
       <c r="B390" t="s">
         <v>7</v>
       </c>
       <c r="C390" t="s">
         <v>74</v>
       </c>
       <c r="D390" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E390" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F390">
-        <v>7.5</v>
+        <v>7.40819</v>
       </c>
     </row>
     <row r="391">
       <c r="A391" t="s">
         <v>6</v>
       </c>
       <c r="B391" t="s">
         <v>7</v>
       </c>
       <c r="C391" t="s">
         <v>74</v>
       </c>
       <c r="D391" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E391" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F391">
-        <v>7.4</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" t="s">
         <v>6</v>
       </c>
       <c r="B392" t="s">
         <v>7</v>
       </c>
       <c r="C392" t="s">
         <v>74</v>
       </c>
       <c r="D392" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E392" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F392">
-        <v>7.1</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" t="s">
         <v>6</v>
       </c>
       <c r="B393" t="s">
         <v>7</v>
       </c>
       <c r="C393" t="s">
         <v>74</v>
       </c>
       <c r="D393" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E393" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F393">
-        <v>7.3</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" t="s">
         <v>6</v>
       </c>
       <c r="B394" t="s">
         <v>7</v>
       </c>
       <c r="C394" t="s">
         <v>74</v>
       </c>
       <c r="D394" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E394" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F394">
-        <v>7.1</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" t="s">
         <v>6</v>
       </c>
       <c r="B395" t="s">
         <v>7</v>
       </c>
       <c r="C395" t="s">
         <v>74</v>
       </c>
       <c r="D395" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E395" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F395">
-        <v>8.11</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" t="s">
         <v>6</v>
       </c>
       <c r="B396" t="s">
         <v>7</v>
       </c>
       <c r="C396" t="s">
         <v>74</v>
       </c>
       <c r="D396" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E396" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F396">
-        <v>8.22</v>
+        <v>8.11</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" t="s">
         <v>6</v>
       </c>
       <c r="B397" t="s">
         <v>7</v>
       </c>
       <c r="C397" t="s">
         <v>74</v>
       </c>
       <c r="D397" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E397" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F397">
-        <v>8.25</v>
+        <v>8.22</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" t="s">
         <v>6</v>
       </c>
       <c r="B398" t="s">
         <v>7</v>
       </c>
       <c r="C398" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="D398" s="2">
-        <v>44561</v>
+        <v>45291</v>
       </c>
       <c r="E398" s="3">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="F398">
-        <v>3.77</v>
+        <v>8.25</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" t="s">
         <v>6</v>
       </c>
       <c r="B399" t="s">
         <v>7</v>
       </c>
       <c r="C399" t="s">
         <v>75</v>
       </c>
       <c r="D399" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E399" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F399">
-        <v>4.24</v>
+        <v>3.77</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" t="s">
         <v>6</v>
       </c>
       <c r="B400" t="s">
         <v>7</v>
       </c>
       <c r="C400" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="D400" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E400" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F400">
-        <v>3.63</v>
+        <v>4.24</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" t="s">
         <v>6</v>
       </c>
       <c r="B401" t="s">
         <v>7</v>
       </c>
       <c r="C401" t="s">
         <v>76</v>
       </c>
       <c r="D401" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E401" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F401">
-        <v>3.822</v>
+        <v>3.63</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" t="s">
         <v>6</v>
       </c>
       <c r="B402" t="s">
         <v>7</v>
       </c>
       <c r="C402" t="s">
         <v>76</v>
       </c>
       <c r="D402" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E402" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F402">
-        <v>3.8</v>
+        <v>3.822</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" t="s">
         <v>6</v>
       </c>
       <c r="B403" t="s">
         <v>7</v>
       </c>
       <c r="C403" t="s">
         <v>76</v>
       </c>
       <c r="D403" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E403" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F403">
-        <v>4.4</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" t="s">
         <v>6</v>
       </c>
       <c r="B404" t="s">
         <v>7</v>
       </c>
       <c r="C404" t="s">
         <v>76</v>
       </c>
       <c r="D404" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E404" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F404">
-        <v>4.3</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" t="s">
         <v>6</v>
       </c>
       <c r="B405" t="s">
         <v>7</v>
       </c>
       <c r="C405" t="s">
         <v>76</v>
       </c>
       <c r="D405" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E405" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F405">
-        <v>3.82</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" t="s">
         <v>6</v>
       </c>
       <c r="B406" t="s">
         <v>7</v>
       </c>
       <c r="C406" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="D406" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E406" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F406">
-        <v>4.808</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" t="s">
         <v>6</v>
       </c>
       <c r="B407" t="s">
         <v>7</v>
       </c>
       <c r="C407" t="s">
         <v>77</v>
       </c>
       <c r="D407" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E407" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F407">
-        <v>4.72</v>
+        <v>4.808</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" t="s">
         <v>6</v>
       </c>
       <c r="B408" t="s">
         <v>7</v>
       </c>
       <c r="C408" t="s">
         <v>77</v>
       </c>
       <c r="D408" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E408" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F408">
-        <v>5.11027</v>
+        <v>4.72</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" t="s">
         <v>6</v>
       </c>
       <c r="B409" t="s">
         <v>7</v>
       </c>
       <c r="C409" t="s">
         <v>77</v>
       </c>
       <c r="D409" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E409" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F409">
-        <v>5</v>
+        <v>5.11027</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" t="s">
         <v>6</v>
       </c>
       <c r="B410" t="s">
         <v>7</v>
       </c>
       <c r="C410" t="s">
         <v>77</v>
       </c>
       <c r="D410" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E410" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F410">
-        <v>4.9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" t="s">
         <v>6</v>
       </c>
       <c r="B411" t="s">
         <v>7</v>
       </c>
       <c r="C411" t="s">
         <v>77</v>
       </c>
       <c r="D411" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E411" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F411">
-        <v>4.7</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" t="s">
         <v>6</v>
       </c>
       <c r="B412" t="s">
         <v>7</v>
       </c>
       <c r="C412" t="s">
         <v>77</v>
       </c>
       <c r="D412" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E412" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F412">
-        <v>4.16</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" t="s">
         <v>6</v>
       </c>
       <c r="B413" t="s">
         <v>7</v>
       </c>
       <c r="C413" t="s">
         <v>77</v>
       </c>
       <c r="D413" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E413" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F413">
-        <v>3.51</v>
+        <v>4.16</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" t="s">
         <v>6</v>
       </c>
       <c r="B414" t="s">
         <v>7</v>
       </c>
       <c r="C414" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="D414" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E414" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F414">
-        <v>7.393</v>
+        <v>3.51</v>
       </c>
     </row>
     <row r="415">
       <c r="A415" t="s">
         <v>6</v>
       </c>
       <c r="B415" t="s">
         <v>7</v>
       </c>
       <c r="C415" t="s">
         <v>78</v>
       </c>
       <c r="D415" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E415" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F415">
-        <v>7.02641</v>
+        <v>7.393</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" t="s">
         <v>6</v>
       </c>
       <c r="B416" t="s">
         <v>7</v>
       </c>
       <c r="C416" t="s">
         <v>78</v>
       </c>
       <c r="D416" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E416" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F416">
-        <v>7.1</v>
+        <v>7.02641</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" t="s">
         <v>6</v>
       </c>
       <c r="B417" t="s">
         <v>7</v>
       </c>
       <c r="C417" t="s">
         <v>78</v>
       </c>
       <c r="D417" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E417" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F417">
-        <v>7.2</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" t="s">
         <v>6</v>
       </c>
       <c r="B418" t="s">
         <v>7</v>
       </c>
       <c r="C418" t="s">
         <v>78</v>
       </c>
       <c r="D418" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E418" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F418">
-        <v>8.01</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" t="s">
         <v>6</v>
       </c>
       <c r="B419" t="s">
         <v>7</v>
       </c>
       <c r="C419" t="s">
         <v>78</v>
       </c>
       <c r="D419" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E419" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F419">
-        <v>8.29</v>
+        <v>8.01</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" t="s">
         <v>6</v>
       </c>
       <c r="B420" t="s">
         <v>7</v>
       </c>
       <c r="C420" t="s">
         <v>78</v>
       </c>
       <c r="D420" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E420" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F420">
-        <v>6.86</v>
+        <v>8.29</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" t="s">
         <v>6</v>
       </c>
       <c r="B421" t="s">
         <v>7</v>
       </c>
       <c r="C421" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="D421" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E421" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F421">
-        <v>5.281</v>
+        <v>6.86</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" t="s">
         <v>6</v>
       </c>
       <c r="B422" t="s">
         <v>7</v>
       </c>
       <c r="C422" t="s">
         <v>79</v>
       </c>
       <c r="D422" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E422" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F422">
-        <v>5.433</v>
+        <v>5.281</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" t="s">
         <v>6</v>
       </c>
       <c r="B423" t="s">
         <v>7</v>
       </c>
       <c r="C423" t="s">
         <v>79</v>
       </c>
       <c r="D423" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E423" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F423">
-        <v>5.6</v>
+        <v>5.433</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" t="s">
         <v>6</v>
       </c>
       <c r="B424" t="s">
         <v>7</v>
       </c>
       <c r="C424" t="s">
         <v>79</v>
       </c>
       <c r="D424" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E424" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F424">
-        <v>5.3</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" t="s">
         <v>6</v>
       </c>
       <c r="B425" t="s">
         <v>7</v>
       </c>
       <c r="C425" t="s">
         <v>79</v>
       </c>
       <c r="D425" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E425" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F425">
-        <v>5.81</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" t="s">
         <v>6</v>
       </c>
       <c r="B426" t="s">
         <v>7</v>
       </c>
       <c r="C426" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D426" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E426" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F426">
-        <v>4.765</v>
+        <v>5.81</v>
       </c>
     </row>
     <row r="427">
       <c r="A427" t="s">
         <v>6</v>
       </c>
       <c r="B427" t="s">
         <v>7</v>
       </c>
       <c r="C427" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="D427" s="2">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="E427" s="3">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="F427">
-        <v>6.35</v>
+        <v>4.765</v>
       </c>
     </row>
     <row r="428">
       <c r="A428" t="s">
         <v>6</v>
       </c>
       <c r="B428" t="s">
         <v>7</v>
       </c>
       <c r="C428" t="s">
         <v>81</v>
       </c>
       <c r="D428" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E428" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F428">
-        <v>6.506</v>
+        <v>6.35</v>
       </c>
     </row>
     <row r="429">
       <c r="A429" t="s">
         <v>6</v>
       </c>
       <c r="B429" t="s">
         <v>7</v>
       </c>
       <c r="C429" t="s">
         <v>81</v>
       </c>
       <c r="D429" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E429" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F429">
-        <v>6.423</v>
+        <v>6.506</v>
       </c>
     </row>
     <row r="430">
       <c r="A430" t="s">
         <v>6</v>
       </c>
       <c r="B430" t="s">
         <v>7</v>
       </c>
       <c r="C430" t="s">
         <v>81</v>
       </c>
       <c r="D430" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E430" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F430">
-        <v>6.0917</v>
+        <v>6.423</v>
       </c>
     </row>
     <row r="431">
       <c r="A431" t="s">
         <v>6</v>
       </c>
       <c r="B431" t="s">
         <v>7</v>
       </c>
       <c r="C431" t="s">
         <v>81</v>
       </c>
       <c r="D431" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E431" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F431">
-        <v>6.3</v>
+        <v>6.0917</v>
       </c>
     </row>
     <row r="432">
       <c r="A432" t="s">
         <v>6</v>
       </c>
       <c r="B432" t="s">
         <v>7</v>
       </c>
       <c r="C432" t="s">
         <v>81</v>
       </c>
       <c r="D432" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E432" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F432">
-        <v>6.1</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="433">
       <c r="A433" t="s">
         <v>6</v>
       </c>
       <c r="B433" t="s">
         <v>7</v>
       </c>
       <c r="C433" t="s">
         <v>81</v>
       </c>
       <c r="D433" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E433" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F433">
-        <v>6</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="434">
       <c r="A434" t="s">
         <v>6</v>
       </c>
       <c r="B434" t="s">
         <v>7</v>
       </c>
       <c r="C434" t="s">
         <v>81</v>
       </c>
       <c r="D434" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E434" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F434">
-        <v>5.8</v>
+        <v>6</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" t="s">
         <v>6</v>
       </c>
       <c r="B435" t="s">
         <v>7</v>
       </c>
       <c r="C435" t="s">
         <v>81</v>
       </c>
       <c r="D435" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E435" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F435">
-        <v>5.36</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="436">
       <c r="A436" t="s">
         <v>6</v>
       </c>
       <c r="B436" t="s">
         <v>7</v>
       </c>
       <c r="C436" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="D436" s="2">
-        <v>41274</v>
+        <v>44561</v>
       </c>
       <c r="E436" s="3">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="F436">
-        <v>3.094</v>
+        <v>5.36</v>
       </c>
     </row>
     <row r="437">
       <c r="A437" t="s">
         <v>6</v>
       </c>
       <c r="B437" t="s">
         <v>7</v>
       </c>
       <c r="C437" t="s">
         <v>82</v>
       </c>
       <c r="D437" s="2">
-        <v>42735</v>
+        <v>41274</v>
       </c>
       <c r="E437" s="3">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="F437">
-        <v>3.8</v>
+        <v>3.094</v>
       </c>
     </row>
     <row r="438">
       <c r="A438" t="s">
         <v>6</v>
       </c>
       <c r="B438" t="s">
         <v>7</v>
       </c>
       <c r="C438" t="s">
         <v>82</v>
       </c>
       <c r="D438" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E438" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F438">
-        <v>3.7</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="439">
       <c r="A439" t="s">
         <v>6</v>
       </c>
       <c r="B439" t="s">
         <v>7</v>
       </c>
       <c r="C439" t="s">
         <v>82</v>
       </c>
       <c r="D439" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E439" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F439">
-        <v>2.7</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="440">
       <c r="A440" t="s">
         <v>6</v>
       </c>
       <c r="B440" t="s">
         <v>7</v>
       </c>
       <c r="C440" t="s">
         <v>82</v>
       </c>
       <c r="D440" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E440" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F440">
-        <v>2.64</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="441">
       <c r="A441" t="s">
         <v>6</v>
       </c>
       <c r="B441" t="s">
         <v>7</v>
       </c>
       <c r="C441" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="D441" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E441" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F441">
-        <v>2.661</v>
+        <v>2.64</v>
       </c>
     </row>
     <row r="442">
       <c r="A442" t="s">
         <v>6</v>
       </c>
       <c r="B442" t="s">
         <v>7</v>
       </c>
       <c r="C442" t="s">
         <v>83</v>
       </c>
       <c r="D442" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E442" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F442">
-        <v>2.743</v>
+        <v>2.661</v>
       </c>
     </row>
     <row r="443">
       <c r="A443" t="s">
         <v>6</v>
       </c>
       <c r="B443" t="s">
         <v>7</v>
       </c>
       <c r="C443" t="s">
         <v>83</v>
       </c>
       <c r="D443" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E443" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F443">
-        <v>2.7</v>
+        <v>2.743</v>
       </c>
     </row>
     <row r="444">
       <c r="A444" t="s">
         <v>6</v>
       </c>
       <c r="B444" t="s">
         <v>7</v>
       </c>
       <c r="C444" t="s">
         <v>83</v>
       </c>
       <c r="D444" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E444" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F444">
-        <v>2.3</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="445">
       <c r="A445" t="s">
         <v>6</v>
       </c>
       <c r="B445" t="s">
         <v>7</v>
       </c>
       <c r="C445" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D445" s="2">
-        <v>41274</v>
+        <v>43830</v>
       </c>
       <c r="E445" s="3">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="F445">
-        <v>4.95</v>
+        <v>2.3</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" t="s">
         <v>6</v>
       </c>
       <c r="B446" t="s">
         <v>7</v>
       </c>
       <c r="C446" t="s">
         <v>84</v>
       </c>
       <c r="D446" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E446" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F446">
-        <v>5.273</v>
+        <v>4.95</v>
       </c>
     </row>
     <row r="447">
       <c r="A447" t="s">
         <v>6</v>
       </c>
       <c r="B447" t="s">
         <v>7</v>
       </c>
       <c r="C447" t="s">
         <v>84</v>
       </c>
       <c r="D447" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E447" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F447">
-        <v>5.041</v>
+        <v>5.273</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" t="s">
         <v>6</v>
       </c>
       <c r="B448" t="s">
         <v>7</v>
       </c>
       <c r="C448" t="s">
         <v>84</v>
       </c>
       <c r="D448" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E448" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F448">
-        <v>5.04938</v>
+        <v>5.041</v>
       </c>
     </row>
     <row r="449">
       <c r="A449" t="s">
         <v>6</v>
       </c>
       <c r="B449" t="s">
         <v>7</v>
       </c>
       <c r="C449" t="s">
         <v>84</v>
       </c>
       <c r="D449" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E449" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F449">
-        <v>5.1</v>
+        <v>5.04938</v>
       </c>
     </row>
     <row r="450">
       <c r="A450" t="s">
         <v>6</v>
       </c>
       <c r="B450" t="s">
         <v>7</v>
       </c>
       <c r="C450" t="s">
         <v>84</v>
       </c>
       <c r="D450" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E450" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F450">
-        <v>5.4</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="451">
       <c r="A451" t="s">
         <v>6</v>
       </c>
       <c r="B451" t="s">
         <v>7</v>
       </c>
       <c r="C451" t="s">
         <v>84</v>
       </c>
       <c r="D451" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E451" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F451">
         <v>5.4</v>
       </c>
     </row>
     <row r="452">
       <c r="A452" t="s">
         <v>6</v>
       </c>
       <c r="B452" t="s">
         <v>7</v>
       </c>
       <c r="C452" t="s">
         <v>84</v>
       </c>
       <c r="D452" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E452" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F452">
-        <v>4.9</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="453">
       <c r="A453" t="s">
         <v>6</v>
       </c>
       <c r="B453" t="s">
         <v>7</v>
       </c>
       <c r="C453" t="s">
         <v>84</v>
       </c>
       <c r="D453" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E453" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F453">
-        <v>5.1</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="454">
       <c r="A454" t="s">
         <v>6</v>
       </c>
       <c r="B454" t="s">
         <v>7</v>
       </c>
       <c r="C454" t="s">
         <v>84</v>
       </c>
       <c r="D454" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E454" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F454">
-        <v>5.47</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="455">
       <c r="A455" t="s">
         <v>6</v>
       </c>
       <c r="B455" t="s">
         <v>7</v>
       </c>
       <c r="C455" t="s">
         <v>84</v>
       </c>
       <c r="D455" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E455" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F455">
-        <v>5.74</v>
+        <v>5.47</v>
       </c>
     </row>
     <row r="456">
       <c r="A456" t="s">
         <v>6</v>
       </c>
       <c r="B456" t="s">
         <v>7</v>
       </c>
       <c r="C456" t="s">
         <v>84</v>
       </c>
       <c r="D456" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E456" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F456">
-        <v>5.98</v>
+        <v>5.74</v>
       </c>
     </row>
     <row r="457">
       <c r="A457" t="s">
         <v>6</v>
       </c>
       <c r="B457" t="s">
         <v>7</v>
       </c>
       <c r="C457" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D457" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E457" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F457">
-        <v>6.66</v>
+        <v>5.98</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" t="s">
         <v>6</v>
       </c>
       <c r="B458" t="s">
         <v>7</v>
       </c>
       <c r="C458" t="s">
         <v>85</v>
       </c>
       <c r="D458" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E458" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F458">
-        <v>6.735</v>
+        <v>6.66</v>
       </c>
     </row>
     <row r="459">
       <c r="A459" t="s">
         <v>6</v>
       </c>
       <c r="B459" t="s">
         <v>7</v>
       </c>
       <c r="C459" t="s">
         <v>85</v>
       </c>
       <c r="D459" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E459" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F459">
-        <v>6.7</v>
+        <v>6.735</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" t="s">
         <v>6</v>
       </c>
       <c r="B460" t="s">
         <v>7</v>
       </c>
       <c r="C460" t="s">
         <v>85</v>
       </c>
       <c r="D460" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E460" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F460">
-        <v>7</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="461">
       <c r="A461" t="s">
         <v>6</v>
       </c>
       <c r="B461" t="s">
         <v>7</v>
       </c>
       <c r="C461" t="s">
         <v>85</v>
       </c>
       <c r="D461" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E461" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F461">
-        <v>6.7</v>
+        <v>7</v>
       </c>
     </row>
     <row r="462">
       <c r="A462" t="s">
         <v>6</v>
       </c>
       <c r="B462" t="s">
         <v>7</v>
       </c>
       <c r="C462" t="s">
         <v>85</v>
       </c>
       <c r="D462" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E462" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F462">
-        <v>6.62</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="463">
       <c r="A463" t="s">
         <v>6</v>
       </c>
       <c r="B463" t="s">
         <v>7</v>
       </c>
       <c r="C463" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D463" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E463" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F463">
-        <v>6.435</v>
+        <v>6.62</v>
       </c>
     </row>
     <row r="464">
       <c r="A464" t="s">
         <v>6</v>
       </c>
       <c r="B464" t="s">
         <v>7</v>
       </c>
       <c r="C464" t="s">
         <v>86</v>
       </c>
       <c r="D464" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E464" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F464">
-        <v>5.689</v>
+        <v>6.435</v>
       </c>
     </row>
     <row r="465">
       <c r="A465" t="s">
         <v>6</v>
       </c>
       <c r="B465" t="s">
         <v>7</v>
       </c>
       <c r="C465" t="s">
         <v>86</v>
       </c>
       <c r="D465" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E465" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F465">
-        <v>5.8</v>
+        <v>5.689</v>
       </c>
     </row>
     <row r="466">
       <c r="A466" t="s">
         <v>6</v>
       </c>
       <c r="B466" t="s">
         <v>7</v>
       </c>
       <c r="C466" t="s">
         <v>86</v>
       </c>
       <c r="D466" s="2">
-        <v>44561</v>
+        <v>42735</v>
       </c>
       <c r="E466" s="3">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="F466">
-        <v>4.98</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" t="s">
         <v>6</v>
       </c>
       <c r="B467" t="s">
         <v>7</v>
       </c>
       <c r="C467" t="s">
         <v>86</v>
       </c>
       <c r="D467" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E467" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F467">
-        <v>5.97</v>
+        <v>4.98</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" t="s">
         <v>6</v>
       </c>
       <c r="B468" t="s">
         <v>7</v>
       </c>
       <c r="C468" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D468" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E468" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F468">
-        <v>7.153</v>
+        <v>5.97</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" t="s">
         <v>6</v>
       </c>
       <c r="B469" t="s">
         <v>7</v>
       </c>
       <c r="C469" t="s">
         <v>87</v>
       </c>
       <c r="D469" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E469" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F469">
-        <v>7.33</v>
+        <v>7.153</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" t="s">
         <v>6</v>
       </c>
       <c r="B470" t="s">
         <v>7</v>
       </c>
       <c r="C470" t="s">
         <v>87</v>
       </c>
       <c r="D470" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E470" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F470">
-        <v>7.4</v>
+        <v>7.33</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" t="s">
         <v>6</v>
       </c>
       <c r="B471" t="s">
         <v>7</v>
       </c>
       <c r="C471" t="s">
         <v>87</v>
       </c>
       <c r="D471" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E471" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F471">
-        <v>6.9</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" t="s">
         <v>6</v>
       </c>
       <c r="B472" t="s">
         <v>7</v>
       </c>
       <c r="C472" t="s">
         <v>87</v>
       </c>
       <c r="D472" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E472" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F472">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" t="s">
         <v>6</v>
       </c>
       <c r="B473" t="s">
         <v>7</v>
       </c>
       <c r="C473" t="s">
         <v>87</v>
       </c>
       <c r="D473" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E473" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F473">
-        <v>6.89</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" t="s">
         <v>6</v>
       </c>
       <c r="B474" t="s">
         <v>7</v>
       </c>
       <c r="C474" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="D474" s="2">
-        <v>44561</v>
+        <v>44926</v>
       </c>
       <c r="E474" s="3">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="F474">
-        <v>3.85</v>
+        <v>6.89</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" t="s">
         <v>6</v>
       </c>
       <c r="B475" t="s">
         <v>7</v>
       </c>
       <c r="C475" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="D475" s="2">
-        <v>41639</v>
+        <v>44561</v>
       </c>
       <c r="E475" s="3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F475">
-        <v>5.542</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" t="s">
         <v>6</v>
       </c>
       <c r="B476" t="s">
         <v>7</v>
       </c>
       <c r="C476" t="s">
         <v>89</v>
       </c>
       <c r="D476" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E476" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F476">
-        <v>6.0921</v>
+        <v>5.542</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" t="s">
         <v>6</v>
       </c>
       <c r="B477" t="s">
         <v>7</v>
       </c>
       <c r="C477" t="s">
         <v>89</v>
       </c>
       <c r="D477" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E477" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F477">
-        <v>6.2</v>
+        <v>6.0921</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" t="s">
         <v>6</v>
       </c>
       <c r="B478" t="s">
         <v>7</v>
       </c>
       <c r="C478" t="s">
         <v>89</v>
       </c>
       <c r="D478" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E478" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F478">
         <v>6.2</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" t="s">
         <v>6</v>
       </c>
       <c r="B479" t="s">
         <v>7</v>
       </c>
       <c r="C479" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D479" s="2">
-        <v>42004</v>
+        <v>43830</v>
       </c>
       <c r="E479" s="3">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="F479">
-        <v>6.761</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" t="s">
         <v>6</v>
       </c>
       <c r="B480" t="s">
         <v>7</v>
       </c>
       <c r="C480" t="s">
         <v>90</v>
       </c>
       <c r="D480" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E480" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F480">
-        <v>6.5</v>
+        <v>6.761</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" t="s">
         <v>6</v>
       </c>
       <c r="B481" t="s">
         <v>7</v>
       </c>
       <c r="C481" t="s">
         <v>90</v>
       </c>
       <c r="D481" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E481" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F481">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" t="s">
         <v>6</v>
       </c>
       <c r="B482" t="s">
         <v>7</v>
       </c>
       <c r="C482" t="s">
         <v>90</v>
       </c>
       <c r="D482" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E482" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F482">
-        <v>6.1</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" t="s">
         <v>6</v>
       </c>
       <c r="B483" t="s">
         <v>7</v>
       </c>
       <c r="C483" t="s">
         <v>90</v>
       </c>
       <c r="D483" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E483" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F483">
-        <v>5.84</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" t="s">
         <v>6</v>
       </c>
       <c r="B484" t="s">
         <v>7</v>
       </c>
       <c r="C484" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="D484" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E484" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F484">
-        <v>3.78</v>
+        <v>5.84</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" t="s">
         <v>6</v>
       </c>
       <c r="B485" t="s">
         <v>7</v>
       </c>
       <c r="C485" t="s">
         <v>91</v>
       </c>
       <c r="D485" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E485" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F485">
-        <v>3.62315</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" t="s">
         <v>6</v>
       </c>
       <c r="B486" t="s">
         <v>7</v>
       </c>
       <c r="C486" t="s">
         <v>91</v>
       </c>
       <c r="D486" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E486" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F486">
-        <v>3.7</v>
+        <v>3.62315</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" t="s">
         <v>6</v>
       </c>
       <c r="B487" t="s">
         <v>7</v>
       </c>
       <c r="C487" t="s">
         <v>91</v>
       </c>
       <c r="D487" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E487" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F487">
-        <v>2.9</v>
+        <v>3.7</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" t="s">
         <v>6</v>
       </c>
       <c r="B488" t="s">
         <v>7</v>
       </c>
       <c r="C488" t="s">
         <v>91</v>
       </c>
       <c r="D488" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E488" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F488">
-        <v>1.42</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" t="s">
         <v>6</v>
       </c>
       <c r="B489" t="s">
         <v>7</v>
       </c>
       <c r="C489" t="s">
         <v>91</v>
       </c>
       <c r="D489" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E489" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F489">
-        <v>1.89</v>
+        <v>1.42</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" t="s">
         <v>6</v>
       </c>
       <c r="B490" t="s">
         <v>7</v>
       </c>
       <c r="C490" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="D490" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E490" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F490">
-        <v>6.864</v>
+        <v>1.89</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" t="s">
         <v>6</v>
       </c>
       <c r="B491" t="s">
         <v>7</v>
       </c>
       <c r="C491" t="s">
         <v>92</v>
       </c>
       <c r="D491" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E491" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F491">
-        <v>7.143</v>
+        <v>6.864</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" t="s">
         <v>6</v>
       </c>
       <c r="B492" t="s">
         <v>7</v>
       </c>
       <c r="C492" t="s">
         <v>92</v>
       </c>
       <c r="D492" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E492" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F492">
-        <v>7.08</v>
+        <v>7.143</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" t="s">
         <v>6</v>
       </c>
       <c r="B493" t="s">
         <v>7</v>
       </c>
       <c r="C493" t="s">
         <v>92</v>
       </c>
       <c r="D493" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E493" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F493">
-        <v>6.84589</v>
+        <v>7.08</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" t="s">
         <v>6</v>
       </c>
       <c r="B494" t="s">
         <v>7</v>
       </c>
       <c r="C494" t="s">
         <v>92</v>
       </c>
       <c r="D494" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E494" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F494">
-        <v>6.6</v>
+        <v>6.84589</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" t="s">
         <v>6</v>
       </c>
       <c r="B495" t="s">
         <v>7</v>
       </c>
       <c r="C495" t="s">
         <v>92</v>
       </c>
       <c r="D495" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E495" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F495">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" t="s">
         <v>6</v>
       </c>
       <c r="B496" t="s">
         <v>7</v>
       </c>
       <c r="C496" t="s">
         <v>92</v>
       </c>
       <c r="D496" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E496" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F496">
         <v>6.5</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" t="s">
         <v>6</v>
       </c>
       <c r="B497" t="s">
         <v>7</v>
       </c>
       <c r="C497" t="s">
         <v>92</v>
       </c>
       <c r="D497" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E497" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F497">
-        <v>7</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" t="s">
         <v>6</v>
       </c>
       <c r="B498" t="s">
         <v>7</v>
       </c>
       <c r="C498" t="s">
         <v>92</v>
       </c>
       <c r="D498" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E498" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F498">
-        <v>7.1</v>
+        <v>7</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" t="s">
         <v>6</v>
       </c>
       <c r="B499" t="s">
         <v>7</v>
       </c>
       <c r="C499" t="s">
         <v>92</v>
       </c>
       <c r="D499" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E499" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F499">
-        <v>8.23</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" t="s">
         <v>6</v>
       </c>
       <c r="B500" t="s">
         <v>7</v>
       </c>
       <c r="C500" t="s">
         <v>92</v>
       </c>
       <c r="D500" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E500" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F500">
-        <v>8.17</v>
+        <v>8.23</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" t="s">
         <v>6</v>
       </c>
       <c r="B501" t="s">
         <v>7</v>
       </c>
       <c r="C501" t="s">
         <v>92</v>
       </c>
       <c r="D501" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E501" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F501">
-        <v>7.75</v>
+        <v>8.17</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" t="s">
         <v>6</v>
       </c>
       <c r="B502" t="s">
         <v>7</v>
       </c>
       <c r="C502" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="D502" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E502" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F502">
-        <v>6.712</v>
+        <v>7.75</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" t="s">
         <v>6</v>
       </c>
       <c r="B503" t="s">
         <v>7</v>
       </c>
       <c r="C503" t="s">
         <v>93</v>
       </c>
       <c r="D503" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E503" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F503">
-        <v>6.735</v>
+        <v>6.712</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" t="s">
         <v>6</v>
       </c>
       <c r="B504" t="s">
         <v>7</v>
       </c>
       <c r="C504" t="s">
         <v>93</v>
       </c>
       <c r="D504" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E504" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F504">
-        <v>6.81</v>
+        <v>6.735</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" t="s">
         <v>6</v>
       </c>
       <c r="B505" t="s">
         <v>7</v>
       </c>
       <c r="C505" t="s">
         <v>93</v>
       </c>
       <c r="D505" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E505" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F505">
-        <v>6.63742</v>
+        <v>6.81</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" t="s">
         <v>6</v>
       </c>
       <c r="B506" t="s">
         <v>7</v>
       </c>
       <c r="C506" t="s">
         <v>93</v>
       </c>
       <c r="D506" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E506" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F506">
-        <v>6.5</v>
+        <v>6.63742</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" t="s">
         <v>6</v>
       </c>
       <c r="B507" t="s">
         <v>7</v>
       </c>
       <c r="C507" t="s">
         <v>93</v>
       </c>
       <c r="D507" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E507" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F507">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" t="s">
         <v>6</v>
       </c>
       <c r="B508" t="s">
         <v>7</v>
       </c>
       <c r="C508" t="s">
         <v>93</v>
       </c>
       <c r="D508" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E508" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F508">
-        <v>6.78</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" t="s">
         <v>6</v>
       </c>
       <c r="B509" t="s">
         <v>7</v>
       </c>
       <c r="C509" t="s">
         <v>93</v>
       </c>
       <c r="D509" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E509" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F509">
-        <v>6.87</v>
+        <v>6.78</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" t="s">
         <v>6</v>
       </c>
       <c r="B510" t="s">
         <v>7</v>
       </c>
       <c r="C510" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="D510" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E510" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F510">
-        <v>4.36416</v>
+        <v>6.87</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" t="s">
         <v>6</v>
       </c>
       <c r="B511" t="s">
         <v>7</v>
       </c>
       <c r="C511" t="s">
         <v>94</v>
       </c>
       <c r="D511" s="2">
-        <v>44196</v>
+        <v>42369</v>
       </c>
       <c r="E511" s="3">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="F511">
-        <v>4.6</v>
+        <v>4.36416</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" t="s">
         <v>6</v>
       </c>
       <c r="B512" t="s">
         <v>7</v>
       </c>
       <c r="C512" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="D512" s="2">
-        <v>41274</v>
+        <v>44196</v>
       </c>
       <c r="E512" s="3">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="F512">
-        <v>5.984</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" t="s">
         <v>6</v>
       </c>
       <c r="B513" t="s">
         <v>7</v>
       </c>
       <c r="C513" t="s">
         <v>95</v>
       </c>
       <c r="D513" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E513" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F513">
-        <v>6.068</v>
+        <v>5.984</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" t="s">
         <v>6</v>
       </c>
       <c r="B514" t="s">
         <v>7</v>
       </c>
       <c r="C514" t="s">
         <v>95</v>
       </c>
       <c r="D514" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E514" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F514">
-        <v>5.994</v>
+        <v>6.068</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" t="s">
         <v>6</v>
       </c>
       <c r="B515" t="s">
         <v>7</v>
       </c>
       <c r="C515" t="s">
         <v>95</v>
       </c>
       <c r="D515" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E515" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F515">
-        <v>6.05523</v>
+        <v>5.994</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" t="s">
         <v>6</v>
       </c>
       <c r="B516" t="s">
         <v>7</v>
       </c>
       <c r="C516" t="s">
         <v>95</v>
       </c>
       <c r="D516" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E516" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F516">
-        <v>6</v>
+        <v>6.05523</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" t="s">
         <v>6</v>
       </c>
       <c r="B517" t="s">
         <v>7</v>
       </c>
       <c r="C517" t="s">
         <v>95</v>
       </c>
       <c r="D517" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E517" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F517">
-        <v>6.9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" t="s">
         <v>6</v>
       </c>
       <c r="B518" t="s">
         <v>7</v>
       </c>
       <c r="C518" t="s">
         <v>95</v>
       </c>
       <c r="D518" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E518" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F518">
-        <v>6.8</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" t="s">
         <v>6</v>
       </c>
       <c r="B519" t="s">
         <v>7</v>
       </c>
       <c r="C519" t="s">
         <v>95</v>
       </c>
       <c r="D519" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E519" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F519">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" t="s">
         <v>6</v>
       </c>
       <c r="B520" t="s">
         <v>7</v>
       </c>
       <c r="C520" t="s">
         <v>95</v>
       </c>
       <c r="D520" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E520" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F520">
-        <v>6.6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" t="s">
         <v>6</v>
       </c>
       <c r="B521" t="s">
         <v>7</v>
       </c>
       <c r="C521" t="s">
         <v>95</v>
       </c>
       <c r="D521" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E521" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F521">
-        <v>6.84</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" t="s">
         <v>6</v>
       </c>
       <c r="B522" t="s">
         <v>7</v>
       </c>
       <c r="C522" t="s">
         <v>95</v>
       </c>
       <c r="D522" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E522" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F522">
-        <v>7.24</v>
+        <v>6.84</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" t="s">
         <v>6</v>
       </c>
       <c r="B523" t="s">
         <v>7</v>
       </c>
       <c r="C523" t="s">
         <v>95</v>
       </c>
       <c r="D523" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E523" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F523">
-        <v>7.11</v>
+        <v>7.24</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" t="s">
         <v>6</v>
       </c>
       <c r="B524" t="s">
         <v>7</v>
       </c>
       <c r="C524" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="D524" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E524" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F524">
-        <v>4.802</v>
+        <v>7.11</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" t="s">
         <v>6</v>
       </c>
       <c r="B525" t="s">
         <v>7</v>
       </c>
       <c r="C525" t="s">
         <v>96</v>
       </c>
       <c r="D525" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E525" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F525">
-        <v>4.67326</v>
+        <v>4.802</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" t="s">
         <v>6</v>
       </c>
       <c r="B526" t="s">
         <v>7</v>
       </c>
       <c r="C526" t="s">
         <v>96</v>
       </c>
       <c r="D526" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E526" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F526">
-        <v>4.8</v>
+        <v>4.67326</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" t="s">
         <v>6</v>
       </c>
       <c r="B527" t="s">
         <v>7</v>
       </c>
       <c r="C527" t="s">
         <v>96</v>
       </c>
       <c r="D527" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E527" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F527">
-        <v>4.7</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" t="s">
         <v>6</v>
       </c>
       <c r="B528" t="s">
         <v>7</v>
       </c>
       <c r="C528" t="s">
         <v>96</v>
       </c>
       <c r="D528" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E528" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F528">
-        <v>4.31</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" t="s">
         <v>6</v>
       </c>
       <c r="B529" t="s">
         <v>7</v>
       </c>
       <c r="C529" t="s">
         <v>96</v>
       </c>
       <c r="D529" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E529" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F529">
-        <v>4.5</v>
+        <v>4.31</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" t="s">
         <v>6</v>
       </c>
       <c r="B530" t="s">
         <v>7</v>
       </c>
       <c r="C530" t="s">
         <v>96</v>
       </c>
       <c r="D530" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E530" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F530">
-        <v>4.71</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" t="s">
         <v>6</v>
       </c>
       <c r="B531" t="s">
         <v>7</v>
       </c>
       <c r="C531" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="D531" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E531" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F531">
-        <v>6.129</v>
+        <v>4.71</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" t="s">
         <v>6</v>
       </c>
       <c r="B532" t="s">
         <v>7</v>
       </c>
       <c r="C532" t="s">
         <v>97</v>
       </c>
       <c r="D532" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E532" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F532">
-        <v>6.293</v>
+        <v>6.129</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" t="s">
         <v>6</v>
       </c>
       <c r="B533" t="s">
         <v>7</v>
       </c>
       <c r="C533" t="s">
         <v>97</v>
       </c>
       <c r="D533" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E533" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F533">
-        <v>5.9</v>
+        <v>6.293</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" t="s">
         <v>6</v>
       </c>
       <c r="B534" t="s">
         <v>7</v>
       </c>
       <c r="C534" t="s">
         <v>97</v>
       </c>
       <c r="D534" s="2">
-        <v>45291</v>
+        <v>42735</v>
       </c>
       <c r="E534" s="3">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="F534">
-        <v>6</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" t="s">
         <v>6</v>
       </c>
       <c r="B535" t="s">
         <v>7</v>
       </c>
       <c r="C535" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="D535" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E535" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F535">
-        <v>5.372</v>
+        <v>6</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" t="s">
         <v>6</v>
       </c>
       <c r="B536" t="s">
         <v>7</v>
       </c>
       <c r="C536" t="s">
         <v>98</v>
       </c>
       <c r="D536" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E536" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F536">
-        <v>5.448</v>
+        <v>5.372</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" t="s">
         <v>6</v>
       </c>
       <c r="B537" t="s">
         <v>7</v>
       </c>
       <c r="C537" t="s">
         <v>98</v>
       </c>
       <c r="D537" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E537" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F537">
-        <v>5.6</v>
+        <v>5.448</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" t="s">
         <v>6</v>
       </c>
       <c r="B538" t="s">
         <v>7</v>
       </c>
       <c r="C538" t="s">
         <v>98</v>
       </c>
       <c r="D538" s="2">
-        <v>44926</v>
+        <v>42735</v>
       </c>
       <c r="E538" s="3">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="F538">
-        <v>5</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" t="s">
         <v>6</v>
       </c>
       <c r="B539" t="s">
         <v>7</v>
       </c>
       <c r="C539" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="D539" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E539" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F539">
-        <v>6.324</v>
+        <v>5</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" t="s">
         <v>6</v>
       </c>
       <c r="B540" t="s">
         <v>7</v>
       </c>
       <c r="C540" t="s">
         <v>99</v>
       </c>
       <c r="D540" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E540" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F540">
-        <v>6.296</v>
+        <v>6.324</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" t="s">
         <v>6</v>
       </c>
       <c r="B541" t="s">
         <v>7</v>
       </c>
       <c r="C541" t="s">
         <v>99</v>
       </c>
       <c r="D541" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E541" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F541">
-        <v>6.6</v>
+        <v>6.296</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" t="s">
         <v>6</v>
       </c>
       <c r="B542" t="s">
         <v>7</v>
       </c>
       <c r="C542" t="s">
         <v>99</v>
       </c>
       <c r="D542" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E542" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F542">
         <v>6.6</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" t="s">
         <v>6</v>
       </c>
       <c r="B543" t="s">
         <v>7</v>
       </c>
       <c r="C543" t="s">
         <v>99</v>
       </c>
       <c r="D543" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E543" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F543">
-        <v>6.3</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" t="s">
         <v>6</v>
       </c>
       <c r="B544" t="s">
         <v>7</v>
       </c>
       <c r="C544" t="s">
         <v>99</v>
       </c>
       <c r="D544" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E544" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F544">
-        <v>6.2</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="545">
       <c r="A545" t="s">
         <v>6</v>
       </c>
       <c r="B545" t="s">
         <v>7</v>
       </c>
       <c r="C545" t="s">
         <v>99</v>
       </c>
       <c r="D545" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E545" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F545">
-        <v>6.5</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="546">
       <c r="A546" t="s">
         <v>6</v>
       </c>
       <c r="B546" t="s">
         <v>7</v>
       </c>
       <c r="C546" t="s">
         <v>99</v>
       </c>
       <c r="D546" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E546" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F546">
-        <v>6.86</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="547">
       <c r="A547" t="s">
         <v>6</v>
       </c>
       <c r="B547" t="s">
         <v>7</v>
       </c>
       <c r="C547" t="s">
         <v>99</v>
       </c>
       <c r="D547" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E547" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F547">
-        <v>6.98</v>
+        <v>6.86</v>
       </c>
     </row>
     <row r="548">
       <c r="A548" t="s">
         <v>6</v>
       </c>
       <c r="B548" t="s">
         <v>7</v>
       </c>
       <c r="C548" t="s">
         <v>99</v>
       </c>
       <c r="D548" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E548" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F548">
-        <v>6.68</v>
+        <v>6.98</v>
       </c>
     </row>
     <row r="549">
       <c r="A549" t="s">
         <v>6</v>
       </c>
       <c r="B549" t="s">
         <v>7</v>
       </c>
       <c r="C549" t="s">
-        <v>100</v>
+        <v>99</v>
       </c>
       <c r="D549" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E549" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F549">
-        <v>7.376</v>
+        <v>6.68</v>
       </c>
     </row>
     <row r="550">
       <c r="A550" t="s">
         <v>6</v>
       </c>
       <c r="B550" t="s">
         <v>7</v>
       </c>
       <c r="C550" t="s">
         <v>100</v>
       </c>
       <c r="D550" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E550" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F550">
-        <v>7.508</v>
+        <v>7.376</v>
       </c>
     </row>
     <row r="551">
       <c r="A551" t="s">
         <v>6</v>
       </c>
       <c r="B551" t="s">
         <v>7</v>
       </c>
       <c r="C551" t="s">
         <v>100</v>
       </c>
       <c r="D551" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E551" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F551">
-        <v>7.469</v>
+        <v>7.508</v>
       </c>
     </row>
     <row r="552">
       <c r="A552" t="s">
         <v>6</v>
       </c>
       <c r="B552" t="s">
         <v>7</v>
       </c>
       <c r="C552" t="s">
         <v>100</v>
       </c>
       <c r="D552" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E552" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F552">
-        <v>7.56406</v>
+        <v>7.469</v>
       </c>
     </row>
     <row r="553">
       <c r="A553" t="s">
         <v>6</v>
       </c>
       <c r="B553" t="s">
         <v>7</v>
       </c>
       <c r="C553" t="s">
         <v>100</v>
       </c>
       <c r="D553" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E553" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F553">
-        <v>7.4</v>
+        <v>7.56406</v>
       </c>
     </row>
     <row r="554">
       <c r="A554" t="s">
         <v>6</v>
       </c>
       <c r="B554" t="s">
         <v>7</v>
       </c>
       <c r="C554" t="s">
         <v>100</v>
       </c>
       <c r="D554" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E554" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F554">
-        <v>7.5</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="555">
       <c r="A555" t="s">
         <v>6</v>
       </c>
       <c r="B555" t="s">
         <v>7</v>
       </c>
       <c r="C555" t="s">
         <v>100</v>
       </c>
       <c r="D555" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E555" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F555">
-        <v>7.2</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="556">
       <c r="A556" t="s">
         <v>6</v>
       </c>
       <c r="B556" t="s">
         <v>7</v>
       </c>
       <c r="C556" t="s">
         <v>100</v>
       </c>
       <c r="D556" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E556" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F556">
-        <v>7.1</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="557">
       <c r="A557" t="s">
         <v>6</v>
       </c>
       <c r="B557" t="s">
         <v>7</v>
       </c>
       <c r="C557" t="s">
         <v>100</v>
       </c>
       <c r="D557" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E557" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F557">
-        <v>7.2</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="558">
       <c r="A558" t="s">
         <v>6</v>
       </c>
       <c r="B558" t="s">
         <v>7</v>
       </c>
       <c r="C558" t="s">
         <v>100</v>
       </c>
       <c r="D558" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E558" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F558">
-        <v>8.12</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="559">
       <c r="A559" t="s">
         <v>6</v>
       </c>
       <c r="B559" t="s">
         <v>7</v>
       </c>
       <c r="C559" t="s">
         <v>100</v>
       </c>
       <c r="D559" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E559" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F559">
-        <v>7.72</v>
+        <v>8.12</v>
       </c>
     </row>
     <row r="560">
       <c r="A560" t="s">
         <v>6</v>
       </c>
       <c r="B560" t="s">
         <v>7</v>
       </c>
       <c r="C560" t="s">
         <v>100</v>
       </c>
       <c r="D560" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E560" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F560">
-        <v>8.05</v>
+        <v>7.72</v>
       </c>
     </row>
     <row r="561">
       <c r="A561" t="s">
         <v>6</v>
       </c>
       <c r="B561" t="s">
         <v>7</v>
       </c>
       <c r="C561" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="D561" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E561" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F561">
-        <v>5.507</v>
+        <v>8.05</v>
       </c>
     </row>
     <row r="562">
       <c r="A562" t="s">
         <v>6</v>
       </c>
       <c r="B562" t="s">
         <v>7</v>
       </c>
       <c r="C562" t="s">
         <v>101</v>
       </c>
       <c r="D562" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E562" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F562">
-        <v>5.6</v>
+        <v>5.507</v>
       </c>
     </row>
     <row r="563">
       <c r="A563" t="s">
         <v>6</v>
       </c>
       <c r="B563" t="s">
         <v>7</v>
       </c>
       <c r="C563" t="s">
         <v>101</v>
       </c>
       <c r="D563" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E563" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F563">
-        <v>5.7</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="564">
       <c r="A564" t="s">
         <v>6</v>
       </c>
       <c r="B564" t="s">
         <v>7</v>
       </c>
       <c r="C564" t="s">
         <v>101</v>
       </c>
       <c r="D564" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E564" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F564">
-        <v>5.79</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="565">
       <c r="A565" t="s">
         <v>6</v>
       </c>
       <c r="B565" t="s">
         <v>7</v>
       </c>
       <c r="C565" t="s">
         <v>101</v>
       </c>
       <c r="D565" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E565" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F565">
-        <v>5.71</v>
+        <v>5.79</v>
       </c>
     </row>
     <row r="566">
       <c r="A566" t="s">
         <v>6</v>
       </c>
       <c r="B566" t="s">
         <v>7</v>
       </c>
       <c r="C566" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="D566" s="2">
-        <v>43465</v>
+        <v>45291</v>
       </c>
       <c r="E566" s="3">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="F566">
-        <v>6.4</v>
+        <v>5.71</v>
       </c>
     </row>
     <row r="567">
       <c r="A567" t="s">
         <v>6</v>
       </c>
       <c r="B567" t="s">
         <v>7</v>
       </c>
       <c r="C567" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="D567" s="2">
-        <v>41639</v>
+        <v>43465</v>
       </c>
       <c r="E567" s="3">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="F567">
-        <v>5.746</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="568">
       <c r="A568" t="s">
         <v>6</v>
       </c>
       <c r="B568" t="s">
         <v>7</v>
       </c>
       <c r="C568" t="s">
         <v>103</v>
       </c>
       <c r="D568" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E568" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F568">
-        <v>5.34689</v>
+        <v>5.746</v>
       </c>
     </row>
     <row r="569">
       <c r="A569" t="s">
         <v>6</v>
       </c>
       <c r="B569" t="s">
         <v>7</v>
       </c>
       <c r="C569" t="s">
         <v>103</v>
       </c>
       <c r="D569" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E569" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F569">
-        <v>5.2</v>
+        <v>5.34689</v>
       </c>
     </row>
     <row r="570">
       <c r="A570" t="s">
         <v>6</v>
       </c>
       <c r="B570" t="s">
         <v>7</v>
       </c>
       <c r="C570" t="s">
         <v>103</v>
       </c>
       <c r="D570" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E570" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F570">
-        <v>5.1</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="571">
       <c r="A571" t="s">
         <v>6</v>
       </c>
       <c r="B571" t="s">
         <v>7</v>
       </c>
       <c r="C571" t="s">
         <v>103</v>
       </c>
       <c r="D571" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E571" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F571">
-        <v>5.03</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="572">
       <c r="A572" t="s">
         <v>6</v>
       </c>
       <c r="B572" t="s">
         <v>7</v>
       </c>
       <c r="C572" t="s">
         <v>103</v>
       </c>
       <c r="D572" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E572" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F572">
-        <v>6.01</v>
+        <v>5.03</v>
       </c>
     </row>
     <row r="573">
       <c r="A573" t="s">
         <v>6</v>
       </c>
       <c r="B573" t="s">
         <v>7</v>
       </c>
       <c r="C573" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="D573" s="2">
         <v>45291</v>
       </c>
       <c r="E573" s="3">
         <v>2023</v>
       </c>
       <c r="F573">
-        <v>3.79</v>
+        <v>6.01</v>
       </c>
     </row>
     <row r="574">
       <c r="A574" t="s">
         <v>6</v>
       </c>
       <c r="B574" t="s">
         <v>7</v>
       </c>
       <c r="C574" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="D574" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E574" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F574">
-        <v>5.01943</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="575">
       <c r="A575" t="s">
         <v>6</v>
       </c>
       <c r="B575" t="s">
         <v>7</v>
       </c>
       <c r="C575" t="s">
         <v>105</v>
       </c>
       <c r="D575" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E575" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F575">
-        <v>5.2</v>
+        <v>5.01943</v>
       </c>
     </row>
     <row r="576">
       <c r="A576" t="s">
         <v>6</v>
       </c>
       <c r="B576" t="s">
         <v>7</v>
       </c>
       <c r="C576" t="s">
         <v>105</v>
       </c>
       <c r="D576" s="2">
-        <v>44561</v>
+        <v>43100</v>
       </c>
       <c r="E576" s="3">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="F576">
-        <v>4.33</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="577">
       <c r="A577" t="s">
         <v>6</v>
       </c>
       <c r="B577" t="s">
         <v>7</v>
       </c>
       <c r="C577" t="s">
         <v>105</v>
       </c>
       <c r="D577" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E577" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F577">
         <v>4.33</v>
       </c>
     </row>
     <row r="578">
       <c r="A578" t="s">
         <v>6</v>
       </c>
       <c r="B578" t="s">
         <v>7</v>
       </c>
       <c r="C578" t="s">
         <v>105</v>
       </c>
       <c r="D578" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E578" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F578">
-        <v>4.38</v>
+        <v>4.33</v>
       </c>
     </row>
     <row r="579">
       <c r="A579" t="s">
         <v>6</v>
       </c>
       <c r="B579" t="s">
         <v>7</v>
       </c>
       <c r="C579" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="D579" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E579" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F579">
-        <v>6.552</v>
+        <v>4.38</v>
       </c>
     </row>
     <row r="580">
       <c r="A580" t="s">
         <v>6</v>
       </c>
       <c r="B580" t="s">
         <v>7</v>
       </c>
       <c r="C580" t="s">
         <v>106</v>
       </c>
       <c r="D580" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E580" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F580">
-        <v>6.78257</v>
+        <v>6.552</v>
       </c>
     </row>
     <row r="581">
       <c r="A581" t="s">
         <v>6</v>
       </c>
       <c r="B581" t="s">
         <v>7</v>
       </c>
       <c r="C581" t="s">
         <v>106</v>
       </c>
       <c r="D581" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E581" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F581">
-        <v>6.7</v>
+        <v>6.78257</v>
       </c>
     </row>
     <row r="582">
       <c r="A582" t="s">
         <v>6</v>
       </c>
       <c r="B582" t="s">
         <v>7</v>
       </c>
       <c r="C582" t="s">
         <v>106</v>
       </c>
       <c r="D582" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E582" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F582">
         <v>6.7</v>
       </c>
     </row>
     <row r="583">
       <c r="A583" t="s">
         <v>6</v>
       </c>
       <c r="B583" t="s">
         <v>7</v>
       </c>
       <c r="C583" t="s">
         <v>106</v>
       </c>
       <c r="D583" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E583" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F583">
-        <v>6.65</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="584">
       <c r="A584" t="s">
         <v>6</v>
       </c>
       <c r="B584" t="s">
         <v>7</v>
       </c>
       <c r="C584" t="s">
         <v>106</v>
       </c>
       <c r="D584" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E584" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F584">
-        <v>6.55</v>
+        <v>6.65</v>
       </c>
     </row>
     <row r="585">
       <c r="A585" t="s">
         <v>6</v>
       </c>
       <c r="B585" t="s">
         <v>7</v>
       </c>
       <c r="C585" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="D585" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E585" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F585">
-        <v>4.428</v>
+        <v>6.55</v>
       </c>
     </row>
     <row r="586">
       <c r="A586" t="s">
         <v>6</v>
       </c>
       <c r="B586" t="s">
         <v>7</v>
       </c>
       <c r="C586" t="s">
         <v>107</v>
       </c>
       <c r="D586" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E586" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F586">
-        <v>4.1952</v>
+        <v>4.428</v>
       </c>
     </row>
     <row r="587">
       <c r="A587" t="s">
         <v>6</v>
       </c>
       <c r="B587" t="s">
         <v>7</v>
       </c>
       <c r="C587" t="s">
         <v>107</v>
       </c>
       <c r="D587" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E587" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F587">
-        <v>3.8</v>
+        <v>4.1952</v>
       </c>
     </row>
     <row r="588">
       <c r="A588" t="s">
         <v>6</v>
       </c>
       <c r="B588" t="s">
         <v>7</v>
       </c>
       <c r="C588" t="s">
         <v>107</v>
       </c>
       <c r="D588" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E588" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F588">
-        <v>2.69</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="589">
       <c r="A589" t="s">
         <v>6</v>
       </c>
       <c r="B589" t="s">
         <v>7</v>
       </c>
       <c r="C589" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="D589" s="2">
-        <v>41274</v>
+        <v>44561</v>
       </c>
       <c r="E589" s="3">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="F589">
-        <v>6.454</v>
+        <v>2.69</v>
       </c>
     </row>
     <row r="590">
       <c r="A590" t="s">
         <v>6</v>
       </c>
       <c r="B590" t="s">
         <v>7</v>
       </c>
       <c r="C590" t="s">
         <v>108</v>
       </c>
       <c r="D590" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E590" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F590">
-        <v>6.589</v>
+        <v>6.454</v>
       </c>
     </row>
     <row r="591">
       <c r="A591" t="s">
         <v>6</v>
       </c>
       <c r="B591" t="s">
         <v>7</v>
       </c>
       <c r="C591" t="s">
         <v>108</v>
       </c>
       <c r="D591" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E591" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F591">
-        <v>6.7</v>
+        <v>6.589</v>
       </c>
     </row>
     <row r="592">
       <c r="A592" t="s">
         <v>6</v>
       </c>
       <c r="B592" t="s">
         <v>7</v>
       </c>
       <c r="C592" t="s">
         <v>108</v>
       </c>
       <c r="D592" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E592" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F592">
-        <v>6.4</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="593">
       <c r="A593" t="s">
         <v>6</v>
       </c>
       <c r="B593" t="s">
         <v>7</v>
       </c>
       <c r="C593" t="s">
         <v>108</v>
       </c>
       <c r="D593" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E593" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F593">
         <v>6.4</v>
       </c>
     </row>
     <row r="594">
       <c r="A594" t="s">
         <v>6</v>
       </c>
       <c r="B594" t="s">
         <v>7</v>
       </c>
       <c r="C594" t="s">
         <v>108</v>
       </c>
       <c r="D594" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E594" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F594">
-        <v>6.68</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="595">
       <c r="A595" t="s">
         <v>6</v>
       </c>
       <c r="B595" t="s">
         <v>7</v>
       </c>
       <c r="C595" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="D595" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E595" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F595">
-        <v>5.52</v>
+        <v>6.68</v>
       </c>
     </row>
     <row r="596">
       <c r="A596" t="s">
         <v>6</v>
       </c>
       <c r="B596" t="s">
         <v>7</v>
       </c>
       <c r="C596" t="s">
         <v>109</v>
       </c>
       <c r="D596" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E596" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F596">
-        <v>5.317</v>
+        <v>5.52</v>
       </c>
     </row>
     <row r="597">
       <c r="A597" t="s">
         <v>6</v>
       </c>
       <c r="B597" t="s">
         <v>7</v>
       </c>
       <c r="C597" t="s">
         <v>109</v>
       </c>
       <c r="D597" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E597" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F597">
-        <v>4.9</v>
+        <v>5.317</v>
       </c>
     </row>
     <row r="598">
       <c r="A598" t="s">
         <v>6</v>
       </c>
       <c r="B598" t="s">
         <v>7</v>
       </c>
       <c r="C598" t="s">
         <v>109</v>
       </c>
       <c r="D598" s="2">
-        <v>44561</v>
+        <v>42735</v>
       </c>
       <c r="E598" s="3">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="F598">
-        <v>4.63</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="599">
       <c r="A599" t="s">
         <v>6</v>
       </c>
       <c r="B599" t="s">
         <v>7</v>
       </c>
       <c r="C599" t="s">
         <v>109</v>
       </c>
       <c r="D599" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E599" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F599">
-        <v>4.07</v>
+        <v>4.63</v>
       </c>
     </row>
     <row r="600">
       <c r="A600" t="s">
         <v>6</v>
       </c>
       <c r="B600" t="s">
         <v>7</v>
       </c>
       <c r="C600" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D600" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E600" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F600">
-        <v>4.415</v>
+        <v>4.07</v>
       </c>
     </row>
     <row r="601">
       <c r="A601" t="s">
         <v>6</v>
       </c>
       <c r="B601" t="s">
         <v>7</v>
       </c>
       <c r="C601" t="s">
         <v>110</v>
       </c>
       <c r="D601" s="2">
-        <v>44561</v>
+        <v>41274</v>
       </c>
       <c r="E601" s="3">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="F601">
-        <v>4.04</v>
+        <v>4.415</v>
       </c>
     </row>
     <row r="602">
       <c r="A602" t="s">
         <v>6</v>
       </c>
       <c r="B602" t="s">
         <v>7</v>
       </c>
       <c r="C602" t="s">
         <v>110</v>
       </c>
       <c r="D602" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E602" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F602">
-        <v>3.78</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="603">
       <c r="A603" t="s">
         <v>6</v>
       </c>
       <c r="B603" t="s">
         <v>7</v>
       </c>
       <c r="C603" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D603" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E603" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F603">
-        <v>6.537</v>
+        <v>3.78</v>
       </c>
     </row>
     <row r="604">
       <c r="A604" t="s">
         <v>6</v>
       </c>
       <c r="B604" t="s">
         <v>7</v>
       </c>
       <c r="C604" t="s">
         <v>111</v>
       </c>
       <c r="D604" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E604" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F604">
-        <v>6.9</v>
+        <v>6.537</v>
       </c>
     </row>
     <row r="605">
       <c r="A605" t="s">
         <v>6</v>
       </c>
       <c r="B605" t="s">
         <v>7</v>
       </c>
       <c r="C605" t="s">
         <v>111</v>
       </c>
       <c r="D605" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E605" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F605">
-        <v>6.3</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="606">
       <c r="A606" t="s">
         <v>6</v>
       </c>
       <c r="B606" t="s">
         <v>7</v>
       </c>
       <c r="C606" t="s">
         <v>111</v>
       </c>
       <c r="D606" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E606" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F606">
-        <v>5.9</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="607">
       <c r="A607" t="s">
         <v>6</v>
       </c>
       <c r="B607" t="s">
         <v>7</v>
       </c>
       <c r="C607" t="s">
         <v>111</v>
       </c>
       <c r="D607" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E607" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F607">
-        <v>4.42</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="608">
       <c r="A608" t="s">
         <v>6</v>
       </c>
       <c r="B608" t="s">
         <v>7</v>
       </c>
       <c r="C608" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D608" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E608" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F608">
-        <v>5.767</v>
+        <v>4.42</v>
       </c>
     </row>
     <row r="609">
       <c r="A609" t="s">
         <v>6</v>
       </c>
       <c r="B609" t="s">
         <v>7</v>
       </c>
       <c r="C609" t="s">
         <v>112</v>
       </c>
       <c r="D609" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E609" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F609">
-        <v>6.013</v>
+        <v>5.767</v>
       </c>
     </row>
     <row r="610">
       <c r="A610" t="s">
         <v>6</v>
       </c>
       <c r="B610" t="s">
         <v>7</v>
       </c>
       <c r="C610" t="s">
         <v>112</v>
       </c>
       <c r="D610" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E610" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F610">
-        <v>6.073</v>
+        <v>6.013</v>
       </c>
     </row>
     <row r="611">
       <c r="A611" t="s">
         <v>6</v>
       </c>
       <c r="B611" t="s">
         <v>7</v>
       </c>
       <c r="C611" t="s">
         <v>112</v>
       </c>
       <c r="D611" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E611" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F611">
-        <v>6.63407</v>
+        <v>6.073</v>
       </c>
     </row>
     <row r="612">
       <c r="A612" t="s">
         <v>6</v>
       </c>
       <c r="B612" t="s">
         <v>7</v>
       </c>
       <c r="C612" t="s">
         <v>112</v>
       </c>
       <c r="D612" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E612" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F612">
-        <v>6.3</v>
+        <v>6.63407</v>
       </c>
     </row>
     <row r="613">
       <c r="A613" t="s">
         <v>6</v>
       </c>
       <c r="B613" t="s">
         <v>7</v>
       </c>
       <c r="C613" t="s">
         <v>112</v>
       </c>
       <c r="D613" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E613" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F613">
         <v>6.3</v>
       </c>
     </row>
     <row r="614">
       <c r="A614" t="s">
         <v>6</v>
       </c>
       <c r="B614" t="s">
         <v>7</v>
       </c>
       <c r="C614" t="s">
         <v>112</v>
       </c>
       <c r="D614" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E614" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F614">
-        <v>6.2</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="615">
       <c r="A615" t="s">
         <v>6</v>
       </c>
       <c r="B615" t="s">
         <v>7</v>
       </c>
       <c r="C615" t="s">
         <v>112</v>
       </c>
       <c r="D615" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E615" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F615">
-        <v>5.9</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="616">
       <c r="A616" t="s">
         <v>6</v>
       </c>
       <c r="B616" t="s">
         <v>7</v>
       </c>
       <c r="C616" t="s">
         <v>112</v>
       </c>
       <c r="D616" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E616" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F616">
-        <v>6.4</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="617">
       <c r="A617" t="s">
         <v>6</v>
       </c>
       <c r="B617" t="s">
         <v>7</v>
       </c>
       <c r="C617" t="s">
         <v>112</v>
       </c>
       <c r="D617" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E617" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F617">
-        <v>6.23</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="618">
       <c r="A618" t="s">
         <v>6</v>
       </c>
       <c r="B618" t="s">
         <v>7</v>
       </c>
       <c r="C618" t="s">
         <v>112</v>
       </c>
       <c r="D618" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E618" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F618">
-        <v>6.3</v>
+        <v>6.23</v>
       </c>
     </row>
     <row r="619">
       <c r="A619" t="s">
         <v>6</v>
       </c>
       <c r="B619" t="s">
         <v>7</v>
       </c>
       <c r="C619" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="D619" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E619" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F619">
-        <v>4.36</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="620">
       <c r="A620" t="s">
         <v>6</v>
       </c>
       <c r="B620" t="s">
         <v>7</v>
       </c>
       <c r="C620" t="s">
         <v>113</v>
       </c>
       <c r="D620" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E620" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F620">
-        <v>5.34109</v>
+        <v>4.36</v>
       </c>
     </row>
     <row r="621">
       <c r="A621" t="s">
         <v>6</v>
       </c>
       <c r="B621" t="s">
         <v>7</v>
       </c>
       <c r="C621" t="s">
         <v>113</v>
       </c>
       <c r="D621" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E621" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F621">
-        <v>5.8</v>
+        <v>5.34109</v>
       </c>
     </row>
     <row r="622">
       <c r="A622" t="s">
         <v>6</v>
       </c>
       <c r="B622" t="s">
         <v>7</v>
       </c>
       <c r="C622" t="s">
         <v>113</v>
       </c>
       <c r="D622" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E622" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F622">
-        <v>5.5</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="623">
       <c r="A623" t="s">
         <v>6</v>
       </c>
       <c r="B623" t="s">
         <v>7</v>
       </c>
       <c r="C623" t="s">
         <v>113</v>
       </c>
       <c r="D623" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E623" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F623">
-        <v>4.04</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="624">
       <c r="A624" t="s">
         <v>6</v>
       </c>
       <c r="B624" t="s">
         <v>7</v>
       </c>
       <c r="C624" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="D624" s="2">
-        <v>41274</v>
+        <v>44561</v>
       </c>
       <c r="E624" s="3">
-        <v>2012</v>
+        <v>2021</v>
       </c>
       <c r="F624">
-        <v>5.376</v>
+        <v>4.04</v>
       </c>
     </row>
     <row r="625">
       <c r="A625" t="s">
         <v>6</v>
       </c>
       <c r="B625" t="s">
         <v>7</v>
       </c>
       <c r="C625" t="s">
         <v>114</v>
       </c>
       <c r="D625" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E625" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F625">
-        <v>5.58</v>
+        <v>5.376</v>
       </c>
     </row>
     <row r="626">
       <c r="A626" t="s">
         <v>6</v>
       </c>
       <c r="B626" t="s">
         <v>7</v>
       </c>
       <c r="C626" t="s">
         <v>114</v>
       </c>
       <c r="D626" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E626" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F626">
-        <v>5.6</v>
+        <v>5.58</v>
       </c>
     </row>
     <row r="627">
       <c r="A627" t="s">
         <v>6</v>
       </c>
       <c r="B627" t="s">
         <v>7</v>
       </c>
       <c r="C627" t="s">
         <v>114</v>
       </c>
       <c r="D627" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E627" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F627">
-        <v>5.5</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="628">
       <c r="A628" t="s">
         <v>6</v>
       </c>
       <c r="B628" t="s">
         <v>7</v>
       </c>
       <c r="C628" t="s">
         <v>114</v>
       </c>
       <c r="D628" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E628" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F628">
-        <v>5.87</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="629">
       <c r="A629" t="s">
         <v>6</v>
       </c>
       <c r="B629" t="s">
         <v>7</v>
       </c>
       <c r="C629" t="s">
         <v>114</v>
       </c>
       <c r="D629" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E629" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F629">
-        <v>5.86</v>
+        <v>5.87</v>
       </c>
     </row>
     <row r="630">
       <c r="A630" t="s">
         <v>6</v>
       </c>
       <c r="B630" t="s">
         <v>7</v>
       </c>
       <c r="C630" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D630" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E630" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F630">
-        <v>5.653</v>
+        <v>5.86</v>
       </c>
     </row>
     <row r="631">
       <c r="A631" t="s">
         <v>6</v>
       </c>
       <c r="B631" t="s">
         <v>7</v>
       </c>
       <c r="C631" t="s">
         <v>115</v>
       </c>
       <c r="D631" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E631" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F631">
-        <v>5.459</v>
+        <v>5.653</v>
       </c>
     </row>
     <row r="632">
       <c r="A632" t="s">
         <v>6</v>
       </c>
       <c r="B632" t="s">
         <v>7</v>
       </c>
       <c r="C632" t="s">
         <v>115</v>
       </c>
       <c r="D632" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E632" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F632">
-        <v>5.682</v>
+        <v>5.459</v>
       </c>
     </row>
     <row r="633">
       <c r="A633" t="s">
         <v>6</v>
       </c>
       <c r="B633" t="s">
         <v>7</v>
       </c>
       <c r="C633" t="s">
         <v>115</v>
       </c>
       <c r="D633" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E633" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F633">
-        <v>6.14005</v>
+        <v>5.682</v>
       </c>
     </row>
     <row r="634">
       <c r="A634" t="s">
         <v>6</v>
       </c>
       <c r="B634" t="s">
         <v>7</v>
       </c>
       <c r="C634" t="s">
         <v>115</v>
       </c>
       <c r="D634" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E634" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F634">
-        <v>6.2</v>
+        <v>6.14005</v>
       </c>
     </row>
     <row r="635">
       <c r="A635" t="s">
         <v>6</v>
       </c>
       <c r="B635" t="s">
         <v>7</v>
       </c>
       <c r="C635" t="s">
         <v>115</v>
       </c>
       <c r="D635" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E635" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F635">
-        <v>6.3</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="636">
       <c r="A636" t="s">
         <v>6</v>
       </c>
       <c r="B636" t="s">
         <v>7</v>
       </c>
       <c r="C636" t="s">
         <v>115</v>
       </c>
       <c r="D636" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E636" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F636">
-        <v>5.7</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="637">
       <c r="A637" t="s">
         <v>6</v>
       </c>
       <c r="B637" t="s">
         <v>7</v>
       </c>
       <c r="C637" t="s">
         <v>115</v>
       </c>
       <c r="D637" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E637" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F637">
-        <v>5.8</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="638">
       <c r="A638" t="s">
         <v>6</v>
       </c>
       <c r="B638" t="s">
         <v>7</v>
       </c>
       <c r="C638" t="s">
         <v>115</v>
       </c>
       <c r="D638" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E638" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F638">
         <v>5.8</v>
       </c>
     </row>
     <row r="639">
       <c r="A639" t="s">
         <v>6</v>
       </c>
       <c r="B639" t="s">
         <v>7</v>
       </c>
       <c r="C639" t="s">
         <v>115</v>
       </c>
       <c r="D639" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E639" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F639">
-        <v>4.85</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="640">
       <c r="A640" t="s">
         <v>6</v>
       </c>
       <c r="B640" t="s">
         <v>7</v>
       </c>
       <c r="C640" t="s">
         <v>115</v>
       </c>
       <c r="D640" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E640" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F640">
-        <v>5.21</v>
+        <v>4.85</v>
       </c>
     </row>
     <row r="641">
       <c r="A641" t="s">
         <v>6</v>
       </c>
       <c r="B641" t="s">
         <v>7</v>
       </c>
       <c r="C641" t="s">
         <v>115</v>
       </c>
       <c r="D641" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E641" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F641">
-        <v>6.32</v>
+        <v>5.21</v>
       </c>
     </row>
     <row r="642">
       <c r="A642" t="s">
         <v>6</v>
       </c>
       <c r="B642" t="s">
         <v>7</v>
       </c>
       <c r="C642" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D642" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E642" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F642">
-        <v>4.375</v>
+        <v>6.32</v>
       </c>
     </row>
     <row r="643">
       <c r="A643" t="s">
         <v>6</v>
       </c>
       <c r="B643" t="s">
         <v>7</v>
       </c>
       <c r="C643" t="s">
         <v>116</v>
       </c>
       <c r="D643" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E643" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F643">
-        <v>4.855</v>
+        <v>4.375</v>
       </c>
     </row>
     <row r="644">
       <c r="A644" t="s">
         <v>6</v>
       </c>
       <c r="B644" t="s">
         <v>7</v>
       </c>
       <c r="C644" t="s">
         <v>116</v>
       </c>
       <c r="D644" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E644" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F644">
-        <v>4.78882</v>
+        <v>4.855</v>
       </c>
     </row>
     <row r="645">
       <c r="A645" t="s">
         <v>6</v>
       </c>
       <c r="B645" t="s">
         <v>7</v>
       </c>
       <c r="C645" t="s">
         <v>116</v>
       </c>
       <c r="D645" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E645" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F645">
-        <v>5.1</v>
+        <v>4.78882</v>
       </c>
     </row>
     <row r="646">
       <c r="A646" t="s">
         <v>6</v>
       </c>
       <c r="B646" t="s">
         <v>7</v>
       </c>
       <c r="C646" t="s">
         <v>116</v>
       </c>
       <c r="D646" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E646" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F646">
         <v>5.1</v>
       </c>
     </row>
     <row r="647">
       <c r="A647" t="s">
         <v>6</v>
       </c>
       <c r="B647" t="s">
         <v>7</v>
       </c>
       <c r="C647" t="s">
         <v>116</v>
       </c>
       <c r="D647" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E647" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F647">
-        <v>5</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="648">
       <c r="A648" t="s">
         <v>6</v>
       </c>
       <c r="B648" t="s">
         <v>7</v>
       </c>
       <c r="C648" t="s">
         <v>116</v>
       </c>
       <c r="D648" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E648" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F648">
-        <v>4.9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="649">
       <c r="A649" t="s">
         <v>6</v>
       </c>
       <c r="B649" t="s">
         <v>7</v>
       </c>
       <c r="C649" t="s">
         <v>116</v>
       </c>
       <c r="D649" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E649" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F649">
-        <v>5.2</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="650">
       <c r="A650" t="s">
         <v>6</v>
       </c>
       <c r="B650" t="s">
         <v>7</v>
       </c>
       <c r="C650" t="s">
         <v>116</v>
       </c>
       <c r="D650" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E650" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F650">
-        <v>3.96</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="651">
       <c r="A651" t="s">
         <v>6</v>
       </c>
       <c r="B651" t="s">
         <v>7</v>
       </c>
       <c r="C651" t="s">
         <v>116</v>
       </c>
       <c r="D651" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E651" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F651">
-        <v>2.87</v>
+        <v>3.96</v>
       </c>
     </row>
     <row r="652">
       <c r="A652" t="s">
         <v>6</v>
       </c>
       <c r="B652" t="s">
         <v>7</v>
       </c>
       <c r="C652" t="s">
         <v>116</v>
       </c>
       <c r="D652" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E652" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F652">
-        <v>3.65</v>
+        <v>2.87</v>
       </c>
     </row>
     <row r="653">
       <c r="A653" t="s">
         <v>6</v>
       </c>
       <c r="B653" t="s">
         <v>7</v>
       </c>
       <c r="C653" t="s">
-        <v>117</v>
+        <v>116</v>
       </c>
       <c r="D653" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E653" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F653">
-        <v>4.697</v>
+        <v>3.65</v>
       </c>
     </row>
     <row r="654">
       <c r="A654" t="s">
         <v>6</v>
       </c>
       <c r="B654" t="s">
         <v>7</v>
       </c>
       <c r="C654" t="s">
         <v>117</v>
       </c>
       <c r="D654" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E654" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F654">
-        <v>4.79809</v>
+        <v>4.697</v>
       </c>
     </row>
     <row r="655">
       <c r="A655" t="s">
         <v>6</v>
       </c>
       <c r="B655" t="s">
         <v>7</v>
       </c>
       <c r="C655" t="s">
         <v>117</v>
       </c>
       <c r="D655" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E655" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F655">
-        <v>4.8</v>
+        <v>4.79809</v>
       </c>
     </row>
     <row r="656">
       <c r="A656" t="s">
         <v>6</v>
       </c>
       <c r="B656" t="s">
         <v>7</v>
       </c>
       <c r="C656" t="s">
         <v>117</v>
       </c>
       <c r="D656" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E656" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F656">
-        <v>4.4</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="657">
       <c r="A657" t="s">
         <v>6</v>
       </c>
       <c r="B657" t="s">
         <v>7</v>
       </c>
       <c r="C657" t="s">
         <v>117</v>
       </c>
       <c r="D657" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E657" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F657">
-        <v>3.03</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="658">
       <c r="A658" t="s">
         <v>6</v>
       </c>
       <c r="B658" t="s">
         <v>7</v>
       </c>
       <c r="C658" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="D658" s="2">
-        <v>42004</v>
+        <v>44561</v>
       </c>
       <c r="E658" s="3">
-        <v>2014</v>
+        <v>2021</v>
       </c>
       <c r="F658">
-        <v>7.406</v>
+        <v>3.03</v>
       </c>
     </row>
     <row r="659">
       <c r="A659" t="s">
         <v>6</v>
       </c>
       <c r="B659" t="s">
         <v>7</v>
       </c>
       <c r="C659" t="s">
         <v>118</v>
       </c>
       <c r="D659" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E659" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F659">
-        <v>7.40382</v>
+        <v>7.406</v>
       </c>
     </row>
     <row r="660">
       <c r="A660" t="s">
         <v>6</v>
       </c>
       <c r="B660" t="s">
         <v>7</v>
       </c>
       <c r="C660" t="s">
         <v>118</v>
       </c>
       <c r="D660" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E660" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F660">
-        <v>7.4</v>
+        <v>7.40382</v>
       </c>
     </row>
     <row r="661">
       <c r="A661" t="s">
         <v>6</v>
       </c>
       <c r="B661" t="s">
         <v>7</v>
       </c>
       <c r="C661" t="s">
         <v>118</v>
       </c>
       <c r="D661" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E661" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F661">
-        <v>7.3</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="662">
       <c r="A662" t="s">
         <v>6</v>
       </c>
       <c r="B662" t="s">
         <v>7</v>
       </c>
       <c r="C662" t="s">
         <v>118</v>
       </c>
       <c r="D662" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E662" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F662">
-        <v>7.1</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="663">
       <c r="A663" t="s">
         <v>6</v>
       </c>
       <c r="B663" t="s">
         <v>7</v>
       </c>
       <c r="C663" t="s">
         <v>118</v>
       </c>
       <c r="D663" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E663" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F663">
-        <v>7.77</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="664">
       <c r="A664" t="s">
         <v>6</v>
       </c>
       <c r="B664" t="s">
         <v>7</v>
       </c>
       <c r="C664" t="s">
         <v>118</v>
       </c>
       <c r="D664" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E664" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F664">
-        <v>7.54</v>
+        <v>7.77</v>
       </c>
     </row>
     <row r="665">
       <c r="A665" t="s">
         <v>6</v>
       </c>
       <c r="B665" t="s">
         <v>7</v>
       </c>
       <c r="C665" t="s">
         <v>118</v>
       </c>
       <c r="D665" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E665" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F665">
-        <v>8.09</v>
+        <v>7.54</v>
       </c>
     </row>
     <row r="666">
       <c r="A666" t="s">
         <v>6</v>
       </c>
       <c r="B666" t="s">
         <v>7</v>
       </c>
       <c r="C666" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="D666" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E666" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F666">
-        <v>4.726</v>
+        <v>8.09</v>
       </c>
     </row>
     <row r="667">
       <c r="A667" t="s">
         <v>6</v>
       </c>
       <c r="B667" t="s">
         <v>7</v>
       </c>
       <c r="C667" t="s">
         <v>119</v>
       </c>
       <c r="D667" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E667" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F667">
-        <v>4.8</v>
+        <v>4.726</v>
       </c>
     </row>
     <row r="668">
       <c r="A668" t="s">
         <v>6</v>
       </c>
       <c r="B668" t="s">
         <v>7</v>
       </c>
       <c r="C668" t="s">
         <v>119</v>
       </c>
       <c r="D668" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E668" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F668">
-        <v>4.9</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="669">
       <c r="A669" t="s">
         <v>6</v>
       </c>
       <c r="B669" t="s">
         <v>7</v>
       </c>
       <c r="C669" t="s">
         <v>119</v>
       </c>
       <c r="D669" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E669" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F669">
-        <v>3.74</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="670">
       <c r="A670" t="s">
         <v>6</v>
       </c>
       <c r="B670" t="s">
         <v>7</v>
       </c>
       <c r="C670" t="s">
         <v>119</v>
       </c>
       <c r="D670" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E670" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F670">
-        <v>4.66</v>
+        <v>3.74</v>
       </c>
     </row>
     <row r="671">
       <c r="A671" t="s">
         <v>6</v>
       </c>
       <c r="B671" t="s">
         <v>7</v>
       </c>
       <c r="C671" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="D671" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E671" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F671">
-        <v>4.106</v>
+        <v>4.66</v>
       </c>
     </row>
     <row r="672">
       <c r="A672" t="s">
         <v>6</v>
       </c>
       <c r="B672" t="s">
         <v>7</v>
       </c>
       <c r="C672" t="s">
         <v>120</v>
       </c>
       <c r="D672" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E672" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F672">
-        <v>3.71739</v>
+        <v>4.106</v>
       </c>
     </row>
     <row r="673">
       <c r="A673" t="s">
         <v>6</v>
       </c>
       <c r="B673" t="s">
         <v>7</v>
       </c>
       <c r="C673" t="s">
         <v>120</v>
       </c>
       <c r="D673" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E673" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F673">
-        <v>4</v>
+        <v>3.71739</v>
       </c>
     </row>
     <row r="674">
       <c r="A674" t="s">
         <v>6</v>
       </c>
       <c r="B674" t="s">
         <v>7</v>
       </c>
       <c r="C674" t="s">
         <v>120</v>
       </c>
       <c r="D674" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E674" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F674">
         <v>4</v>
       </c>
     </row>
     <row r="675">
       <c r="A675" t="s">
         <v>6</v>
       </c>
       <c r="B675" t="s">
         <v>7</v>
       </c>
       <c r="C675" t="s">
         <v>120</v>
       </c>
       <c r="D675" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E675" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F675">
-        <v>2.18</v>
+        <v>4</v>
       </c>
     </row>
     <row r="676">
       <c r="A676" t="s">
         <v>6</v>
       </c>
       <c r="B676" t="s">
         <v>7</v>
       </c>
       <c r="C676" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D676" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E676" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F676">
-        <v>6.289</v>
+        <v>2.18</v>
       </c>
     </row>
     <row r="677">
       <c r="A677" t="s">
         <v>6</v>
       </c>
       <c r="B677" t="s">
         <v>7</v>
       </c>
       <c r="C677" t="s">
         <v>121</v>
       </c>
       <c r="D677" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E677" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F677">
-        <v>6.27586</v>
+        <v>6.289</v>
       </c>
     </row>
     <row r="678">
       <c r="A678" t="s">
         <v>6</v>
       </c>
       <c r="B678" t="s">
         <v>7</v>
       </c>
       <c r="C678" t="s">
         <v>121</v>
       </c>
       <c r="D678" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E678" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F678">
-        <v>6.9</v>
+        <v>6.27586</v>
       </c>
     </row>
     <row r="679">
       <c r="A679" t="s">
         <v>6</v>
       </c>
       <c r="B679" t="s">
         <v>7</v>
       </c>
       <c r="C679" t="s">
         <v>121</v>
       </c>
       <c r="D679" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E679" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F679">
-        <v>6.5</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="680">
       <c r="A680" t="s">
         <v>6</v>
       </c>
       <c r="B680" t="s">
         <v>7</v>
       </c>
       <c r="C680" t="s">
         <v>121</v>
       </c>
       <c r="D680" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E680" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F680">
-        <v>6.7</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="681">
       <c r="A681" t="s">
         <v>6</v>
       </c>
       <c r="B681" t="s">
         <v>7</v>
       </c>
       <c r="C681" t="s">
         <v>121</v>
       </c>
       <c r="D681" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E681" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F681">
-        <v>6.63</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="682">
       <c r="A682" t="s">
         <v>6</v>
       </c>
       <c r="B682" t="s">
         <v>7</v>
       </c>
       <c r="C682" t="s">
         <v>121</v>
       </c>
       <c r="D682" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E682" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F682">
-        <v>7.1</v>
+        <v>6.63</v>
       </c>
     </row>
     <row r="683">
       <c r="A683" t="s">
         <v>6</v>
       </c>
       <c r="B683" t="s">
         <v>7</v>
       </c>
       <c r="C683" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="D683" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E683" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F683">
-        <v>6.254</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="684">
       <c r="A684" t="s">
         <v>6</v>
       </c>
       <c r="B684" t="s">
         <v>7</v>
       </c>
       <c r="C684" t="s">
         <v>122</v>
       </c>
       <c r="D684" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E684" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F684">
-        <v>6.41769</v>
+        <v>6.254</v>
       </c>
     </row>
     <row r="685">
       <c r="A685" t="s">
         <v>6</v>
       </c>
       <c r="B685" t="s">
         <v>7</v>
       </c>
       <c r="C685" t="s">
         <v>122</v>
       </c>
       <c r="D685" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E685" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F685">
-        <v>6.6</v>
+        <v>6.41769</v>
       </c>
     </row>
     <row r="686">
       <c r="A686" t="s">
         <v>6</v>
       </c>
       <c r="B686" t="s">
         <v>7</v>
       </c>
       <c r="C686" t="s">
         <v>122</v>
       </c>
       <c r="D686" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E686" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F686">
-        <v>6.4</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="687">
       <c r="A687" t="s">
         <v>6</v>
       </c>
       <c r="B687" t="s">
         <v>7</v>
       </c>
       <c r="C687" t="s">
         <v>122</v>
       </c>
       <c r="D687" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E687" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F687">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="688">
       <c r="A688" t="s">
         <v>6</v>
       </c>
       <c r="B688" t="s">
         <v>7</v>
       </c>
       <c r="C688" t="s">
         <v>122</v>
       </c>
       <c r="D688" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E688" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F688">
-        <v>6.98</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="689">
       <c r="A689" t="s">
         <v>6</v>
       </c>
       <c r="B689" t="s">
         <v>7</v>
       </c>
       <c r="C689" t="s">
         <v>122</v>
       </c>
       <c r="D689" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E689" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F689">
-        <v>7.1</v>
+        <v>6.98</v>
       </c>
     </row>
     <row r="690">
       <c r="A690" t="s">
         <v>6</v>
       </c>
       <c r="B690" t="s">
         <v>7</v>
       </c>
       <c r="C690" t="s">
         <v>122</v>
       </c>
       <c r="D690" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E690" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F690">
-        <v>7.34</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="691">
       <c r="A691" t="s">
         <v>6</v>
       </c>
       <c r="B691" t="s">
         <v>7</v>
       </c>
       <c r="C691" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D691" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E691" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F691">
-        <v>6.96166</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="692">
       <c r="A692" t="s">
         <v>6</v>
       </c>
       <c r="B692" t="s">
         <v>7</v>
       </c>
       <c r="C692" t="s">
         <v>123</v>
       </c>
       <c r="D692" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E692" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F692">
-        <v>7.4</v>
+        <v>6.96166</v>
       </c>
     </row>
     <row r="693">
       <c r="A693" t="s">
         <v>6</v>
       </c>
       <c r="B693" t="s">
         <v>7</v>
       </c>
       <c r="C693" t="s">
         <v>123</v>
       </c>
       <c r="D693" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E693" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F693">
-        <v>7.1</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="694">
       <c r="A694" t="s">
         <v>6</v>
       </c>
       <c r="B694" t="s">
         <v>7</v>
       </c>
       <c r="C694" t="s">
         <v>123</v>
       </c>
       <c r="D694" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E694" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F694">
-        <v>8.53</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="695">
       <c r="A695" t="s">
         <v>6</v>
       </c>
       <c r="B695" t="s">
         <v>7</v>
       </c>
       <c r="C695" t="s">
         <v>123</v>
       </c>
       <c r="D695" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E695" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F695">
-        <v>8.14</v>
+        <v>8.53</v>
       </c>
     </row>
     <row r="696">
       <c r="A696" t="s">
         <v>6</v>
       </c>
       <c r="B696" t="s">
         <v>7</v>
       </c>
       <c r="C696" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="D696" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E696" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F696">
-        <v>5.74909</v>
+        <v>8.14</v>
       </c>
     </row>
     <row r="697">
       <c r="A697" t="s">
         <v>6</v>
       </c>
       <c r="B697" t="s">
         <v>7</v>
       </c>
       <c r="C697" t="s">
         <v>124</v>
       </c>
       <c r="D697" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E697" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F697">
-        <v>5.8</v>
+        <v>5.74909</v>
       </c>
     </row>
     <row r="698">
       <c r="A698" t="s">
         <v>6</v>
       </c>
       <c r="B698" t="s">
         <v>7</v>
       </c>
       <c r="C698" t="s">
         <v>124</v>
       </c>
       <c r="D698" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E698" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F698">
-        <v>5.7</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="699">
       <c r="A699" t="s">
         <v>6</v>
       </c>
       <c r="B699" t="s">
         <v>7</v>
       </c>
       <c r="C699" t="s">
         <v>124</v>
       </c>
       <c r="D699" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E699" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F699">
-        <v>5.07</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="700">
       <c r="A700" t="s">
         <v>6</v>
       </c>
       <c r="B700" t="s">
         <v>7</v>
       </c>
       <c r="C700" t="s">
         <v>124</v>
       </c>
       <c r="D700" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E700" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F700">
-        <v>5.51</v>
+        <v>5.07</v>
       </c>
     </row>
     <row r="701">
       <c r="A701" t="s">
         <v>6</v>
       </c>
       <c r="B701" t="s">
         <v>7</v>
       </c>
       <c r="C701" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="D701" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E701" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F701">
-        <v>4.349</v>
+        <v>5.51</v>
       </c>
     </row>
     <row r="702">
       <c r="A702" t="s">
         <v>6</v>
       </c>
       <c r="B702" t="s">
         <v>7</v>
       </c>
       <c r="C702" t="s">
         <v>125</v>
       </c>
       <c r="D702" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E702" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F702">
-        <v>4.641</v>
+        <v>4.349</v>
       </c>
     </row>
     <row r="703">
       <c r="A703" t="s">
         <v>6</v>
       </c>
       <c r="B703" t="s">
         <v>7</v>
       </c>
       <c r="C703" t="s">
         <v>125</v>
       </c>
       <c r="D703" s="2">
-        <v>43830</v>
+        <v>42004</v>
       </c>
       <c r="E703" s="3">
-        <v>2019</v>
+        <v>2014</v>
       </c>
       <c r="F703">
-        <v>4.2</v>
+        <v>4.641</v>
       </c>
     </row>
     <row r="704">
       <c r="A704" t="s">
         <v>6</v>
       </c>
       <c r="B704" t="s">
         <v>7</v>
       </c>
       <c r="C704" t="s">
         <v>125</v>
       </c>
       <c r="D704" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E704" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F704">
-        <v>3.44</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="705">
       <c r="A705" t="s">
         <v>6</v>
       </c>
       <c r="B705" t="s">
         <v>7</v>
       </c>
       <c r="C705" t="s">
         <v>125</v>
       </c>
       <c r="D705" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E705" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F705">
-        <v>4.14</v>
+        <v>3.44</v>
       </c>
     </row>
     <row r="706">
       <c r="A706" t="s">
         <v>6</v>
       </c>
       <c r="B706" t="s">
         <v>7</v>
       </c>
       <c r="C706" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="D706" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E706" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F706">
-        <v>5.156</v>
+        <v>4.14</v>
       </c>
     </row>
     <row r="707">
       <c r="A707" t="s">
         <v>6</v>
       </c>
       <c r="B707" t="s">
         <v>7</v>
       </c>
       <c r="C707" t="s">
         <v>126</v>
       </c>
       <c r="D707" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E707" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F707">
-        <v>5.399</v>
+        <v>5.156</v>
       </c>
     </row>
     <row r="708">
       <c r="A708" t="s">
         <v>6</v>
       </c>
       <c r="B708" t="s">
         <v>7</v>
       </c>
       <c r="C708" t="s">
         <v>126</v>
       </c>
       <c r="D708" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E708" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F708">
-        <v>5.3</v>
+        <v>5.399</v>
       </c>
     </row>
     <row r="709">
       <c r="A709" t="s">
         <v>6</v>
       </c>
       <c r="B709" t="s">
         <v>7</v>
       </c>
       <c r="C709" t="s">
         <v>126</v>
       </c>
       <c r="D709" s="2">
-        <v>45291</v>
+        <v>42735</v>
       </c>
       <c r="E709" s="3">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="F709">
-        <v>3.96</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="710">
       <c r="A710" t="s">
         <v>6</v>
       </c>
       <c r="B710" t="s">
         <v>7</v>
       </c>
       <c r="C710" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D710" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E710" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F710">
-        <v>6.882</v>
+        <v>3.96</v>
       </c>
     </row>
     <row r="711">
       <c r="A711" t="s">
         <v>6</v>
       </c>
       <c r="B711" t="s">
         <v>7</v>
       </c>
       <c r="C711" t="s">
         <v>127</v>
       </c>
       <c r="D711" s="2">
-        <v>44561</v>
+        <v>42004</v>
       </c>
       <c r="E711" s="3">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="F711">
-        <v>7.42</v>
+        <v>6.882</v>
       </c>
     </row>
     <row r="712">
       <c r="A712" t="s">
         <v>6</v>
       </c>
       <c r="B712" t="s">
         <v>7</v>
       </c>
       <c r="C712" t="s">
         <v>127</v>
       </c>
       <c r="D712" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E712" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F712">
-        <v>7.6</v>
+        <v>7.42</v>
       </c>
     </row>
     <row r="713">
       <c r="A713" t="s">
         <v>6</v>
       </c>
       <c r="B713" t="s">
         <v>7</v>
       </c>
       <c r="C713" t="s">
         <v>127</v>
       </c>
       <c r="D713" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E713" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F713">
-        <v>7.7</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="714">
       <c r="A714" t="s">
         <v>6</v>
       </c>
       <c r="B714" t="s">
         <v>7</v>
       </c>
       <c r="C714" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="D714" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E714" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F714">
-        <v>3.457</v>
+        <v>7.7</v>
       </c>
     </row>
     <row r="715">
       <c r="A715" t="s">
         <v>6</v>
       </c>
       <c r="B715" t="s">
         <v>7</v>
       </c>
       <c r="C715" t="s">
         <v>128</v>
       </c>
       <c r="D715" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E715" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F715">
-        <v>4.02</v>
+        <v>3.457</v>
       </c>
     </row>
     <row r="716">
       <c r="A716" t="s">
         <v>6</v>
       </c>
       <c r="B716" t="s">
         <v>7</v>
       </c>
       <c r="C716" t="s">
         <v>128</v>
       </c>
       <c r="D716" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E716" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F716">
-        <v>4.4</v>
+        <v>4.02</v>
       </c>
     </row>
     <row r="717">
       <c r="A717" t="s">
         <v>6</v>
       </c>
       <c r="B717" t="s">
         <v>7</v>
       </c>
       <c r="C717" t="s">
         <v>128</v>
       </c>
       <c r="D717" s="2">
-        <v>45291</v>
+        <v>42735</v>
       </c>
       <c r="E717" s="3">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="F717">
-        <v>3.45</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="718">
       <c r="A718" t="s">
         <v>6</v>
       </c>
       <c r="B718" t="s">
         <v>7</v>
       </c>
       <c r="C718" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="D718" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E718" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F718">
-        <v>4.355</v>
+        <v>3.45</v>
       </c>
     </row>
     <row r="719">
       <c r="A719" t="s">
         <v>6</v>
       </c>
       <c r="B719" t="s">
         <v>7</v>
       </c>
       <c r="C719" t="s">
         <v>129</v>
       </c>
       <c r="D719" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E719" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F719">
-        <v>4.23242</v>
+        <v>4.355</v>
       </c>
     </row>
     <row r="720">
       <c r="A720" t="s">
         <v>6</v>
       </c>
       <c r="B720" t="s">
         <v>7</v>
       </c>
       <c r="C720" t="s">
         <v>129</v>
       </c>
       <c r="D720" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E720" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F720">
-        <v>4.4</v>
+        <v>4.23242</v>
       </c>
     </row>
     <row r="721">
       <c r="A721" t="s">
         <v>6</v>
       </c>
       <c r="B721" t="s">
         <v>7</v>
       </c>
       <c r="C721" t="s">
         <v>129</v>
       </c>
       <c r="D721" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E721" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F721">
         <v>4.4</v>
       </c>
     </row>
     <row r="722">
       <c r="A722" t="s">
         <v>6</v>
       </c>
       <c r="B722" t="s">
         <v>7</v>
       </c>
       <c r="C722" t="s">
         <v>129</v>
       </c>
       <c r="D722" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E722" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F722">
-        <v>4.1</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="723">
       <c r="A723" t="s">
         <v>6</v>
       </c>
       <c r="B723" t="s">
         <v>7</v>
       </c>
       <c r="C723" t="s">
         <v>129</v>
       </c>
       <c r="D723" s="2">
-        <v>44926</v>
+        <v>43465</v>
       </c>
       <c r="E723" s="3">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F723">
-        <v>3.58</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="724">
       <c r="A724" t="s">
         <v>6</v>
       </c>
       <c r="B724" t="s">
         <v>7</v>
       </c>
       <c r="C724" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="D724" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E724" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F724">
-        <v>6.409</v>
+        <v>3.58</v>
       </c>
     </row>
     <row r="725">
       <c r="A725" t="s">
         <v>6</v>
       </c>
       <c r="B725" t="s">
         <v>7</v>
       </c>
       <c r="C725" t="s">
         <v>130</v>
       </c>
       <c r="D725" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E725" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F725">
-        <v>6.375</v>
+        <v>6.409</v>
       </c>
     </row>
     <row r="726">
       <c r="A726" t="s">
         <v>6</v>
       </c>
       <c r="B726" t="s">
         <v>7</v>
       </c>
       <c r="C726" t="s">
         <v>130</v>
       </c>
       <c r="D726" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E726" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F726">
-        <v>6.62729</v>
+        <v>6.375</v>
       </c>
     </row>
     <row r="727">
       <c r="A727" t="s">
         <v>6</v>
       </c>
       <c r="B727" t="s">
         <v>7</v>
       </c>
       <c r="C727" t="s">
         <v>130</v>
       </c>
       <c r="D727" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E727" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F727">
-        <v>6.6</v>
+        <v>6.62729</v>
       </c>
     </row>
     <row r="728">
       <c r="A728" t="s">
         <v>6</v>
       </c>
       <c r="B728" t="s">
         <v>7</v>
       </c>
       <c r="C728" t="s">
         <v>130</v>
       </c>
       <c r="D728" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E728" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F728">
-        <v>6.8</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="729">
       <c r="A729" t="s">
         <v>6</v>
       </c>
       <c r="B729" t="s">
         <v>7</v>
       </c>
       <c r="C729" t="s">
         <v>130</v>
       </c>
       <c r="D729" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E729" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F729">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="730">
       <c r="A730" t="s">
         <v>6</v>
       </c>
       <c r="B730" t="s">
         <v>7</v>
       </c>
       <c r="C730" t="s">
         <v>130</v>
       </c>
       <c r="D730" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E730" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F730">
         <v>6.5</v>
       </c>
     </row>
     <row r="731">
       <c r="A731" t="s">
         <v>6</v>
       </c>
       <c r="B731" t="s">
         <v>7</v>
       </c>
       <c r="C731" t="s">
         <v>130</v>
       </c>
       <c r="D731" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E731" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F731">
-        <v>6.7</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="732">
       <c r="A732" t="s">
         <v>6</v>
       </c>
       <c r="B732" t="s">
         <v>7</v>
       </c>
       <c r="C732" t="s">
         <v>130</v>
       </c>
       <c r="D732" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E732" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F732">
-        <v>7.44</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="733">
       <c r="A733" t="s">
         <v>6</v>
       </c>
       <c r="B733" t="s">
         <v>7</v>
       </c>
       <c r="C733" t="s">
         <v>130</v>
       </c>
       <c r="D733" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E733" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F733">
-        <v>7.68</v>
+        <v>7.44</v>
       </c>
     </row>
     <row r="734">
       <c r="A734" t="s">
         <v>6</v>
       </c>
       <c r="B734" t="s">
         <v>7</v>
       </c>
       <c r="C734" t="s">
         <v>130</v>
       </c>
       <c r="D734" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E734" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F734">
-        <v>7.32</v>
+        <v>7.68</v>
       </c>
     </row>
     <row r="735">
       <c r="A735" t="s">
         <v>6</v>
       </c>
       <c r="B735" t="s">
         <v>7</v>
       </c>
       <c r="C735" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="D735" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E735" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F735">
-        <v>4.535</v>
+        <v>7.32</v>
       </c>
     </row>
     <row r="736">
       <c r="A736" t="s">
         <v>6</v>
       </c>
       <c r="B736" t="s">
         <v>7</v>
       </c>
       <c r="C736" t="s">
         <v>131</v>
       </c>
       <c r="D736" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E736" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F736">
-        <v>4.481</v>
+        <v>4.535</v>
       </c>
     </row>
     <row r="737">
       <c r="A737" t="s">
         <v>6</v>
       </c>
       <c r="B737" t="s">
         <v>7</v>
       </c>
       <c r="C737" t="s">
         <v>131</v>
       </c>
       <c r="D737" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E737" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F737">
-        <v>4.47799</v>
+        <v>4.481</v>
       </c>
     </row>
     <row r="738">
       <c r="A738" t="s">
         <v>6</v>
       </c>
       <c r="B738" t="s">
         <v>7</v>
       </c>
       <c r="C738" t="s">
         <v>131</v>
       </c>
       <c r="D738" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E738" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F738">
-        <v>4.5</v>
+        <v>4.47799</v>
       </c>
     </row>
     <row r="739">
       <c r="A739" t="s">
         <v>6</v>
       </c>
       <c r="B739" t="s">
         <v>7</v>
       </c>
       <c r="C739" t="s">
         <v>131</v>
       </c>
       <c r="D739" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E739" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F739">
-        <v>4.8</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="740">
       <c r="A740" t="s">
         <v>6</v>
       </c>
       <c r="B740" t="s">
         <v>7</v>
       </c>
       <c r="C740" t="s">
         <v>131</v>
       </c>
       <c r="D740" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E740" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F740">
-        <v>4.4</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="741">
       <c r="A741" t="s">
         <v>6</v>
       </c>
       <c r="B741" t="s">
         <v>7</v>
       </c>
       <c r="C741" t="s">
         <v>131</v>
       </c>
       <c r="D741" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E741" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F741">
-        <v>4.2</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="742">
       <c r="A742" t="s">
         <v>6</v>
       </c>
       <c r="B742" t="s">
         <v>7</v>
       </c>
       <c r="C742" t="s">
         <v>131</v>
       </c>
       <c r="D742" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E742" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F742">
-        <v>4.5</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="743">
       <c r="A743" t="s">
         <v>6</v>
       </c>
       <c r="B743" t="s">
         <v>7</v>
       </c>
       <c r="C743" t="s">
         <v>131</v>
       </c>
       <c r="D743" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E743" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F743">
-        <v>3.53</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="744">
       <c r="A744" t="s">
         <v>6</v>
       </c>
       <c r="B744" t="s">
         <v>7</v>
       </c>
       <c r="C744" t="s">
         <v>131</v>
       </c>
       <c r="D744" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E744" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F744">
-        <v>3.56</v>
+        <v>3.53</v>
       </c>
     </row>
     <row r="745">
       <c r="A745" t="s">
         <v>6</v>
       </c>
       <c r="B745" t="s">
         <v>7</v>
       </c>
       <c r="C745" t="s">
         <v>131</v>
       </c>
       <c r="D745" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E745" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F745">
-        <v>4.02</v>
+        <v>3.56</v>
       </c>
     </row>
     <row r="746">
       <c r="A746" t="s">
         <v>6</v>
       </c>
       <c r="B746" t="s">
         <v>7</v>
       </c>
       <c r="C746" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
       <c r="D746" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E746" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F746">
-        <v>6.627</v>
+        <v>4.02</v>
       </c>
     </row>
     <row r="747">
       <c r="A747" t="s">
         <v>6</v>
       </c>
       <c r="B747" t="s">
         <v>7</v>
       </c>
       <c r="C747" t="s">
         <v>132</v>
       </c>
       <c r="D747" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E747" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F747">
-        <v>6.549</v>
+        <v>6.627</v>
       </c>
     </row>
     <row r="748">
       <c r="A748" t="s">
         <v>6</v>
       </c>
       <c r="B748" t="s">
         <v>7</v>
       </c>
       <c r="C748" t="s">
         <v>132</v>
       </c>
       <c r="D748" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E748" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F748">
-        <v>6.895</v>
+        <v>6.549</v>
       </c>
     </row>
     <row r="749">
       <c r="A749" t="s">
         <v>6</v>
       </c>
       <c r="B749" t="s">
         <v>7</v>
       </c>
       <c r="C749" t="s">
         <v>132</v>
       </c>
       <c r="D749" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E749" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F749">
-        <v>6.64858</v>
+        <v>6.895</v>
       </c>
     </row>
     <row r="750">
       <c r="A750" t="s">
         <v>6</v>
       </c>
       <c r="B750" t="s">
         <v>7</v>
       </c>
       <c r="C750" t="s">
         <v>132</v>
       </c>
       <c r="D750" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E750" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F750">
-        <v>6.6</v>
+        <v>6.64858</v>
       </c>
     </row>
     <row r="751">
       <c r="A751" t="s">
         <v>6</v>
       </c>
       <c r="B751" t="s">
         <v>7</v>
       </c>
       <c r="C751" t="s">
         <v>132</v>
       </c>
       <c r="D751" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E751" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F751">
         <v>6.6</v>
       </c>
     </row>
     <row r="752">
       <c r="A752" t="s">
         <v>6</v>
       </c>
       <c r="B752" t="s">
         <v>7</v>
       </c>
       <c r="C752" t="s">
         <v>132</v>
       </c>
       <c r="D752" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E752" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F752">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="753">
       <c r="A753" t="s">
         <v>6</v>
       </c>
       <c r="B753" t="s">
         <v>7</v>
       </c>
       <c r="C753" t="s">
         <v>132</v>
       </c>
       <c r="D753" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E753" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F753">
-        <v>6.3</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="754">
       <c r="A754" t="s">
         <v>6</v>
       </c>
       <c r="B754" t="s">
         <v>7</v>
       </c>
       <c r="C754" t="s">
         <v>132</v>
       </c>
       <c r="D754" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E754" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F754">
-        <v>6.5</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="755">
       <c r="A755" t="s">
         <v>6</v>
       </c>
       <c r="B755" t="s">
         <v>7</v>
       </c>
       <c r="C755" t="s">
         <v>132</v>
       </c>
       <c r="D755" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E755" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F755">
-        <v>6.97</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="756">
       <c r="A756" t="s">
         <v>6</v>
       </c>
       <c r="B756" t="s">
         <v>7</v>
       </c>
       <c r="C756" t="s">
         <v>132</v>
       </c>
       <c r="D756" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E756" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F756">
-        <v>6.75</v>
+        <v>6.97</v>
       </c>
     </row>
     <row r="757">
       <c r="A757" t="s">
         <v>6</v>
       </c>
       <c r="B757" t="s">
         <v>7</v>
       </c>
       <c r="C757" t="s">
         <v>132</v>
       </c>
       <c r="D757" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E757" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F757">
-        <v>7.19</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="758">
       <c r="A758" t="s">
         <v>6</v>
       </c>
       <c r="B758" t="s">
         <v>7</v>
       </c>
       <c r="C758" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D758" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E758" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F758">
-        <v>7.458</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="759">
       <c r="A759" t="s">
         <v>6</v>
       </c>
       <c r="B759" t="s">
         <v>7</v>
       </c>
       <c r="C759" t="s">
         <v>133</v>
       </c>
       <c r="D759" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E759" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F759">
-        <v>7.6</v>
+        <v>7.458</v>
       </c>
     </row>
     <row r="760">
       <c r="A760" t="s">
         <v>6</v>
       </c>
       <c r="B760" t="s">
         <v>7</v>
       </c>
       <c r="C760" t="s">
         <v>133</v>
       </c>
       <c r="D760" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E760" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F760">
-        <v>7.1</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="761">
       <c r="A761" t="s">
         <v>6</v>
       </c>
       <c r="B761" t="s">
         <v>7</v>
       </c>
       <c r="C761" t="s">
         <v>133</v>
       </c>
       <c r="D761" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E761" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F761">
-        <v>7.6</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="762">
       <c r="A762" t="s">
         <v>6</v>
       </c>
       <c r="B762" t="s">
         <v>7</v>
       </c>
       <c r="C762" t="s">
         <v>133</v>
       </c>
       <c r="D762" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E762" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F762">
-        <v>8.07</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="763">
       <c r="A763" t="s">
         <v>6</v>
       </c>
       <c r="B763" t="s">
         <v>7</v>
       </c>
       <c r="C763" t="s">
         <v>133</v>
       </c>
       <c r="D763" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E763" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F763">
-        <v>8.2</v>
+        <v>8.07</v>
       </c>
     </row>
     <row r="764">
       <c r="A764" t="s">
         <v>6</v>
       </c>
       <c r="B764" t="s">
         <v>7</v>
       </c>
       <c r="C764" t="s">
         <v>133</v>
       </c>
       <c r="D764" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E764" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F764">
-        <v>7.86</v>
+        <v>8.2</v>
       </c>
     </row>
     <row r="765">
       <c r="A765" t="s">
         <v>6</v>
       </c>
       <c r="B765" t="s">
         <v>7</v>
       </c>
       <c r="C765" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="D765" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E765" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F765">
-        <v>4.411</v>
+        <v>7.86</v>
       </c>
     </row>
     <row r="766">
       <c r="A766" t="s">
         <v>6</v>
       </c>
       <c r="B766" t="s">
         <v>7</v>
       </c>
       <c r="C766" t="s">
         <v>134</v>
       </c>
       <c r="D766" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E766" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F766">
-        <v>3.1897</v>
+        <v>4.411</v>
       </c>
     </row>
     <row r="767">
       <c r="A767" t="s">
         <v>6</v>
       </c>
       <c r="B767" t="s">
         <v>7</v>
       </c>
       <c r="C767" t="s">
         <v>134</v>
       </c>
       <c r="D767" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E767" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F767">
-        <v>2.8</v>
+        <v>3.1897</v>
       </c>
     </row>
     <row r="768">
       <c r="A768" t="s">
         <v>6</v>
       </c>
       <c r="B768" t="s">
         <v>7</v>
       </c>
       <c r="C768" t="s">
         <v>134</v>
       </c>
       <c r="D768" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E768" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F768">
-        <v>2.9</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="769">
       <c r="A769" t="s">
         <v>6</v>
       </c>
       <c r="B769" t="s">
         <v>7</v>
       </c>
       <c r="C769" t="s">
         <v>134</v>
       </c>
       <c r="D769" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E769" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F769">
-        <v>1.2</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="770">
       <c r="A770" t="s">
         <v>6</v>
       </c>
       <c r="B770" t="s">
         <v>7</v>
       </c>
       <c r="C770" t="s">
         <v>134</v>
       </c>
       <c r="D770" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E770" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F770">
-        <v>1.35</v>
+        <v>1.2</v>
       </c>
     </row>
     <row r="771">
       <c r="A771" t="s">
         <v>6</v>
       </c>
       <c r="B771" t="s">
         <v>7</v>
       </c>
       <c r="C771" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D771" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E771" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F771">
-        <v>5.237</v>
+        <v>1.35</v>
       </c>
     </row>
     <row r="772">
       <c r="A772" t="s">
         <v>6</v>
       </c>
       <c r="B772" t="s">
         <v>7</v>
       </c>
       <c r="C772" t="s">
         <v>135</v>
       </c>
       <c r="D772" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E772" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F772">
-        <v>5.5</v>
+        <v>5.237</v>
       </c>
     </row>
     <row r="773">
       <c r="A773" t="s">
         <v>6</v>
       </c>
       <c r="B773" t="s">
         <v>7</v>
       </c>
       <c r="C773" t="s">
         <v>135</v>
       </c>
       <c r="D773" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E773" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F773">
-        <v>5.2</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="774">
       <c r="A774" t="s">
         <v>6</v>
       </c>
       <c r="B774" t="s">
         <v>7</v>
       </c>
       <c r="C774" t="s">
         <v>135</v>
       </c>
       <c r="D774" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E774" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F774">
-        <v>5.3</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="775">
       <c r="A775" t="s">
         <v>6</v>
       </c>
       <c r="B775" t="s">
         <v>7</v>
       </c>
       <c r="C775" t="s">
         <v>135</v>
       </c>
       <c r="D775" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E775" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F775">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="776">
       <c r="A776" t="s">
         <v>6</v>
       </c>
       <c r="B776" t="s">
         <v>7</v>
       </c>
       <c r="C776" t="s">
         <v>135</v>
       </c>
       <c r="D776" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E776" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F776">
-        <v>5.19</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="777">
       <c r="A777" t="s">
         <v>6</v>
       </c>
       <c r="B777" t="s">
         <v>7</v>
       </c>
       <c r="C777" t="s">
         <v>135</v>
       </c>
       <c r="D777" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E777" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F777">
-        <v>4.89</v>
+        <v>5.19</v>
       </c>
     </row>
     <row r="778">
       <c r="A778" t="s">
         <v>6</v>
       </c>
       <c r="B778" t="s">
         <v>7</v>
       </c>
       <c r="C778" t="s">
         <v>135</v>
       </c>
       <c r="D778" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E778" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F778">
-        <v>5.13</v>
+        <v>4.89</v>
       </c>
     </row>
     <row r="779">
       <c r="A779" t="s">
         <v>6</v>
       </c>
       <c r="B779" t="s">
         <v>7</v>
       </c>
       <c r="C779" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="D779" s="2">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="E779" s="3">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F779">
-        <v>8.52</v>
+        <v>5.13</v>
       </c>
     </row>
     <row r="780">
       <c r="A780" t="s">
         <v>6</v>
       </c>
       <c r="B780" t="s">
         <v>7</v>
       </c>
       <c r="C780" t="s">
         <v>136</v>
       </c>
       <c r="D780" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E780" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F780">
-        <v>8.87</v>
+        <v>8.52</v>
       </c>
     </row>
     <row r="781">
       <c r="A781" t="s">
         <v>6</v>
       </c>
       <c r="B781" t="s">
         <v>7</v>
       </c>
       <c r="C781" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="D781" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E781" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F781">
-        <v>2.582</v>
+        <v>8.87</v>
       </c>
     </row>
     <row r="782">
       <c r="A782" t="s">
         <v>6</v>
       </c>
       <c r="B782" t="s">
         <v>7</v>
       </c>
       <c r="C782" t="s">
         <v>137</v>
       </c>
       <c r="D782" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E782" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F782">
-        <v>2.62987</v>
+        <v>2.582</v>
       </c>
     </row>
     <row r="783">
       <c r="A783" t="s">
         <v>6</v>
       </c>
       <c r="B783" t="s">
         <v>7</v>
       </c>
       <c r="C783" t="s">
         <v>137</v>
       </c>
       <c r="D783" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E783" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F783">
-        <v>2.5</v>
+        <v>2.62987</v>
       </c>
     </row>
     <row r="784">
       <c r="A784" t="s">
         <v>6</v>
       </c>
       <c r="B784" t="s">
         <v>7</v>
       </c>
       <c r="C784" t="s">
         <v>137</v>
       </c>
       <c r="D784" s="2">
-        <v>44926</v>
+        <v>43100</v>
       </c>
       <c r="E784" s="3">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="F784">
-        <v>1.55</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="785">
       <c r="A785" t="s">
         <v>6</v>
       </c>
       <c r="B785" t="s">
         <v>7</v>
       </c>
       <c r="C785" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="D785" s="2">
-        <v>43465</v>
+        <v>44926</v>
       </c>
       <c r="E785" s="3">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F785">
-        <v>2.6</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="786">
       <c r="A786" t="s">
         <v>6</v>
       </c>
       <c r="B786" t="s">
         <v>7</v>
       </c>
       <c r="C786" t="s">
         <v>138</v>
       </c>
       <c r="D786" s="2">
-        <v>44926</v>
+        <v>43465</v>
       </c>
       <c r="E786" s="3">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F786">
-        <v>1.13</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="787">
       <c r="A787" t="s">
         <v>6</v>
       </c>
       <c r="B787" t="s">
         <v>7</v>
       </c>
       <c r="C787" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="D787" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E787" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F787">
-        <v>5.08</v>
+        <v>1.13</v>
       </c>
     </row>
     <row r="788">
       <c r="A788" t="s">
         <v>6</v>
       </c>
       <c r="B788" t="s">
         <v>7</v>
       </c>
       <c r="C788" t="s">
         <v>139</v>
       </c>
       <c r="D788" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E788" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F788">
-        <v>4.916</v>
+        <v>5.08</v>
       </c>
     </row>
     <row r="789">
       <c r="A789" t="s">
         <v>6</v>
       </c>
       <c r="B789" t="s">
         <v>7</v>
       </c>
       <c r="C789" t="s">
         <v>139</v>
       </c>
       <c r="D789" s="2">
-        <v>44561</v>
+        <v>42004</v>
       </c>
       <c r="E789" s="3">
-        <v>2021</v>
+        <v>2014</v>
       </c>
       <c r="F789">
-        <v>4.52</v>
+        <v>4.916</v>
       </c>
     </row>
     <row r="790">
       <c r="A790" t="s">
         <v>6</v>
       </c>
       <c r="B790" t="s">
         <v>7</v>
       </c>
       <c r="C790" t="s">
         <v>139</v>
       </c>
       <c r="D790" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E790" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F790">
-        <v>5.78</v>
+        <v>4.52</v>
       </c>
     </row>
     <row r="791">
       <c r="A791" t="s">
         <v>6</v>
       </c>
       <c r="B791" t="s">
         <v>7</v>
       </c>
       <c r="C791" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D791" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E791" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F791">
-        <v>5.324</v>
+        <v>5.78</v>
       </c>
     </row>
     <row r="792">
       <c r="A792" t="s">
         <v>6</v>
       </c>
       <c r="B792" t="s">
         <v>7</v>
       </c>
       <c r="C792" t="s">
         <v>140</v>
       </c>
       <c r="D792" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E792" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F792">
-        <v>4.759</v>
+        <v>5.324</v>
       </c>
     </row>
     <row r="793">
       <c r="A793" t="s">
         <v>6</v>
       </c>
       <c r="B793" t="s">
         <v>7</v>
       </c>
       <c r="C793" t="s">
         <v>140</v>
       </c>
       <c r="D793" s="2">
-        <v>44196</v>
+        <v>42004</v>
       </c>
       <c r="E793" s="3">
-        <v>2020</v>
+        <v>2014</v>
       </c>
       <c r="F793">
-        <v>4.8</v>
+        <v>4.759</v>
       </c>
     </row>
     <row r="794">
       <c r="A794" t="s">
         <v>6</v>
       </c>
       <c r="B794" t="s">
         <v>7</v>
       </c>
       <c r="C794" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D794" s="2">
-        <v>41639</v>
+        <v>44196</v>
       </c>
       <c r="E794" s="3">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="F794">
-        <v>5.473</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="795">
       <c r="A795" t="s">
         <v>6</v>
       </c>
       <c r="B795" t="s">
         <v>7</v>
       </c>
       <c r="C795" t="s">
         <v>141</v>
       </c>
       <c r="D795" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E795" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F795">
-        <v>5.6164</v>
+        <v>5.473</v>
       </c>
     </row>
     <row r="796">
       <c r="A796" t="s">
         <v>6</v>
       </c>
       <c r="B796" t="s">
         <v>7</v>
       </c>
       <c r="C796" t="s">
         <v>141</v>
       </c>
       <c r="D796" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E796" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F796">
-        <v>5.5</v>
+        <v>5.6164</v>
       </c>
     </row>
     <row r="797">
       <c r="A797" t="s">
         <v>6</v>
       </c>
       <c r="B797" t="s">
         <v>7</v>
       </c>
       <c r="C797" t="s">
         <v>141</v>
       </c>
       <c r="D797" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E797" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F797">
-        <v>4.7</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="798">
       <c r="A798" t="s">
         <v>6</v>
       </c>
       <c r="B798" t="s">
         <v>7</v>
       </c>
       <c r="C798" t="s">
         <v>141</v>
       </c>
       <c r="D798" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E798" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F798">
-        <v>3.99</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="799">
       <c r="A799" t="s">
         <v>6</v>
       </c>
       <c r="B799" t="s">
         <v>7</v>
       </c>
       <c r="C799" t="s">
         <v>141</v>
       </c>
       <c r="D799" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E799" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F799">
-        <v>3.96</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="800">
       <c r="A800" t="s">
         <v>6</v>
       </c>
       <c r="B800" t="s">
         <v>7</v>
       </c>
       <c r="C800" t="s">
         <v>141</v>
       </c>
       <c r="D800" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E800" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F800">
-        <v>4.57</v>
+        <v>3.96</v>
       </c>
     </row>
     <row r="801">
       <c r="A801" t="s">
         <v>6</v>
       </c>
       <c r="B801" t="s">
         <v>7</v>
       </c>
       <c r="C801" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="D801" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E801" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F801">
-        <v>4.348</v>
+        <v>4.57</v>
       </c>
     </row>
     <row r="802">
       <c r="A802" t="s">
         <v>6</v>
       </c>
       <c r="B802" t="s">
         <v>7</v>
       </c>
       <c r="C802" t="s">
         <v>142</v>
       </c>
       <c r="D802" s="2">
-        <v>43465</v>
+        <v>42004</v>
       </c>
       <c r="E802" s="3">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="F802">
-        <v>4.7</v>
+        <v>4.348</v>
       </c>
     </row>
     <row r="803">
       <c r="A803" t="s">
         <v>6</v>
       </c>
       <c r="B803" t="s">
         <v>7</v>
       </c>
       <c r="C803" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="D803" s="2">
-        <v>41639</v>
+        <v>43465</v>
       </c>
       <c r="E803" s="3">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="F803">
-        <v>6.812</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="804">
       <c r="A804" t="s">
         <v>6</v>
       </c>
       <c r="B804" t="s">
         <v>7</v>
       </c>
       <c r="C804" t="s">
         <v>143</v>
       </c>
       <c r="D804" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E804" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F804">
-        <v>4.823</v>
+        <v>6.812</v>
       </c>
     </row>
     <row r="805">
       <c r="A805" t="s">
         <v>6</v>
       </c>
       <c r="B805" t="s">
         <v>7</v>
       </c>
       <c r="C805" t="s">
         <v>143</v>
       </c>
       <c r="D805" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E805" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F805">
-        <v>6.6487</v>
+        <v>4.823</v>
       </c>
     </row>
     <row r="806">
       <c r="A806" t="s">
         <v>6</v>
       </c>
       <c r="B806" t="s">
         <v>7</v>
       </c>
       <c r="C806" t="s">
         <v>143</v>
       </c>
       <c r="D806" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E806" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F806">
-        <v>6.8</v>
+        <v>6.6487</v>
       </c>
     </row>
     <row r="807">
       <c r="A807" t="s">
         <v>6</v>
       </c>
       <c r="B807" t="s">
         <v>7</v>
       </c>
       <c r="C807" t="s">
         <v>143</v>
       </c>
       <c r="D807" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E807" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F807">
-        <v>6.4</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="808">
       <c r="A808" t="s">
         <v>6</v>
       </c>
       <c r="B808" t="s">
         <v>7</v>
       </c>
       <c r="C808" t="s">
         <v>143</v>
       </c>
       <c r="D808" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E808" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F808">
-        <v>6.31</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="809">
       <c r="A809" t="s">
         <v>6</v>
       </c>
       <c r="B809" t="s">
         <v>7</v>
       </c>
       <c r="C809" t="s">
         <v>143</v>
       </c>
       <c r="D809" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E809" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F809">
-        <v>5.92</v>
+        <v>6.31</v>
       </c>
     </row>
     <row r="810">
       <c r="A810" t="s">
         <v>6</v>
       </c>
       <c r="B810" t="s">
         <v>7</v>
       </c>
       <c r="C810" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="D810" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E810" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F810">
-        <v>4.98</v>
+        <v>5.92</v>
       </c>
     </row>
     <row r="811">
       <c r="A811" t="s">
         <v>6</v>
       </c>
       <c r="B811" t="s">
         <v>7</v>
       </c>
       <c r="C811" t="s">
         <v>144</v>
       </c>
       <c r="D811" s="2">
-        <v>42735</v>
+        <v>41274</v>
       </c>
       <c r="E811" s="3">
-        <v>2016</v>
+        <v>2012</v>
       </c>
       <c r="F811">
-        <v>4.4</v>
+        <v>4.98</v>
       </c>
     </row>
     <row r="812">
       <c r="A812" t="s">
         <v>6</v>
       </c>
       <c r="B812" t="s">
         <v>7</v>
       </c>
       <c r="C812" t="s">
         <v>144</v>
       </c>
       <c r="D812" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E812" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F812">
-        <v>4.2</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="813">
       <c r="A813" t="s">
         <v>6</v>
       </c>
       <c r="B813" t="s">
         <v>7</v>
       </c>
       <c r="C813" t="s">
         <v>144</v>
       </c>
       <c r="D813" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E813" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F813">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="814">
       <c r="A814" t="s">
         <v>6</v>
       </c>
       <c r="B814" t="s">
         <v>7</v>
       </c>
       <c r="C814" t="s">
         <v>144</v>
       </c>
       <c r="D814" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E814" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F814">
-        <v>2.33</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="815">
       <c r="A815" t="s">
         <v>6</v>
       </c>
       <c r="B815" t="s">
         <v>7</v>
       </c>
       <c r="C815" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="D815" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E815" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F815">
-        <v>5.726</v>
+        <v>2.33</v>
       </c>
     </row>
     <row r="816">
       <c r="A816" t="s">
         <v>6</v>
       </c>
       <c r="B816" t="s">
         <v>7</v>
       </c>
       <c r="C816" t="s">
         <v>145</v>
       </c>
       <c r="D816" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E816" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F816">
-        <v>5.66557</v>
+        <v>5.726</v>
       </c>
     </row>
     <row r="817">
       <c r="A817" t="s">
         <v>6</v>
       </c>
       <c r="B817" t="s">
         <v>7</v>
       </c>
       <c r="C817" t="s">
         <v>145</v>
       </c>
       <c r="D817" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E817" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F817">
-        <v>5.9</v>
+        <v>5.66557</v>
       </c>
     </row>
     <row r="818">
       <c r="A818" t="s">
         <v>6</v>
       </c>
       <c r="B818" t="s">
         <v>7</v>
       </c>
       <c r="C818" t="s">
         <v>145</v>
       </c>
       <c r="D818" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E818" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F818">
-        <v>5.7</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="819">
       <c r="A819" t="s">
         <v>6</v>
       </c>
       <c r="B819" t="s">
         <v>7</v>
       </c>
       <c r="C819" t="s">
         <v>145</v>
       </c>
       <c r="D819" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E819" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F819">
-        <v>5.8</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="820">
       <c r="A820" t="s">
         <v>6</v>
       </c>
       <c r="B820" t="s">
         <v>7</v>
       </c>
       <c r="C820" t="s">
         <v>145</v>
       </c>
       <c r="D820" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E820" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F820">
-        <v>5.39</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="821">
       <c r="A821" t="s">
         <v>6</v>
       </c>
       <c r="B821" t="s">
         <v>7</v>
       </c>
       <c r="C821" t="s">
         <v>145</v>
       </c>
       <c r="D821" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E821" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F821">
-        <v>6.29</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="822">
       <c r="A822" t="s">
         <v>6</v>
       </c>
       <c r="B822" t="s">
         <v>7</v>
       </c>
       <c r="C822" t="s">
         <v>145</v>
       </c>
       <c r="D822" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E822" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F822">
-        <v>6.12</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="823">
       <c r="A823" t="s">
         <v>6</v>
       </c>
       <c r="B823" t="s">
         <v>7</v>
       </c>
       <c r="C823" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D823" s="2">
-        <v>44926</v>
+        <v>45291</v>
       </c>
       <c r="E823" s="3">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="F823">
-        <v>4.94</v>
+        <v>6.12</v>
       </c>
     </row>
     <row r="824">
       <c r="A824" t="s">
         <v>6</v>
       </c>
       <c r="B824" t="s">
         <v>7</v>
       </c>
       <c r="C824" t="s">
         <v>146</v>
       </c>
       <c r="D824" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E824" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F824">
-        <v>5.64</v>
+        <v>4.94</v>
       </c>
     </row>
     <row r="825">
       <c r="A825" t="s">
         <v>6</v>
       </c>
       <c r="B825" t="s">
         <v>7</v>
       </c>
       <c r="C825" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="D825" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E825" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F825">
-        <v>4.054</v>
+        <v>5.64</v>
       </c>
     </row>
     <row r="826">
       <c r="A826" t="s">
         <v>6</v>
       </c>
       <c r="B826" t="s">
         <v>7</v>
       </c>
       <c r="C826" t="s">
         <v>147</v>
       </c>
       <c r="D826" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E826" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F826">
-        <v>4.4</v>
+        <v>4.054</v>
       </c>
     </row>
     <row r="827">
       <c r="A827" t="s">
         <v>6</v>
       </c>
       <c r="B827" t="s">
         <v>7</v>
       </c>
       <c r="C827" t="s">
         <v>147</v>
       </c>
       <c r="D827" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E827" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F827">
-        <v>4.2</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="828">
       <c r="A828" t="s">
         <v>6</v>
       </c>
       <c r="B828" t="s">
         <v>7</v>
       </c>
       <c r="C828" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="D828" s="2">
-        <v>41274</v>
+        <v>43830</v>
       </c>
       <c r="E828" s="3">
-        <v>2012</v>
+        <v>2019</v>
       </c>
       <c r="F828">
-        <v>6.592</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="829">
       <c r="A829" t="s">
         <v>6</v>
       </c>
       <c r="B829" t="s">
         <v>7</v>
       </c>
       <c r="C829" t="s">
         <v>148</v>
       </c>
       <c r="D829" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E829" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F829">
-        <v>6.94755</v>
+        <v>6.592</v>
       </c>
     </row>
     <row r="830">
       <c r="A830" t="s">
         <v>6</v>
       </c>
       <c r="B830" t="s">
         <v>7</v>
       </c>
       <c r="C830" t="s">
         <v>148</v>
       </c>
       <c r="D830" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E830" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F830">
-        <v>7</v>
+        <v>6.94755</v>
       </c>
     </row>
     <row r="831">
       <c r="A831" t="s">
         <v>6</v>
       </c>
       <c r="B831" t="s">
         <v>7</v>
       </c>
       <c r="C831" t="s">
         <v>148</v>
       </c>
       <c r="D831" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E831" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F831">
         <v>7</v>
       </c>
     </row>
     <row r="832">
       <c r="A832" t="s">
         <v>6</v>
       </c>
       <c r="B832" t="s">
         <v>7</v>
       </c>
       <c r="C832" t="s">
         <v>148</v>
       </c>
       <c r="D832" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E832" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F832">
-        <v>8.05</v>
+        <v>7</v>
       </c>
     </row>
     <row r="833">
       <c r="A833" t="s">
         <v>6</v>
       </c>
       <c r="B833" t="s">
         <v>7</v>
       </c>
       <c r="C833" t="s">
         <v>148</v>
       </c>
       <c r="D833" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E833" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F833">
-        <v>7.5</v>
+        <v>8.05</v>
       </c>
     </row>
     <row r="834">
       <c r="A834" t="s">
         <v>6</v>
       </c>
       <c r="B834" t="s">
         <v>7</v>
       </c>
       <c r="C834" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="D834" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E834" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F834">
-        <v>5.526</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="835">
       <c r="A835" t="s">
         <v>6</v>
       </c>
       <c r="B835" t="s">
         <v>7</v>
       </c>
       <c r="C835" t="s">
         <v>149</v>
       </c>
       <c r="D835" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E835" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F835">
-        <v>5.552</v>
+        <v>5.526</v>
       </c>
     </row>
     <row r="836">
       <c r="A836" t="s">
         <v>6</v>
       </c>
       <c r="B836" t="s">
         <v>7</v>
       </c>
       <c r="C836" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="D836" s="2">
-        <v>41274</v>
+        <v>42369</v>
       </c>
       <c r="E836" s="3">
-        <v>2012</v>
+        <v>2015</v>
       </c>
       <c r="F836">
-        <v>4.698</v>
+        <v>5.552</v>
       </c>
     </row>
     <row r="837">
       <c r="A837" t="s">
         <v>6</v>
       </c>
       <c r="B837" t="s">
         <v>7</v>
       </c>
       <c r="C837" t="s">
         <v>150</v>
       </c>
       <c r="D837" s="2">
-        <v>43100</v>
+        <v>41274</v>
       </c>
       <c r="E837" s="3">
-        <v>2017</v>
+        <v>2012</v>
       </c>
       <c r="F837">
-        <v>5</v>
+        <v>4.698</v>
       </c>
     </row>
     <row r="838">
       <c r="A838" t="s">
         <v>6</v>
       </c>
       <c r="B838" t="s">
         <v>7</v>
       </c>
       <c r="C838" t="s">
         <v>150</v>
       </c>
       <c r="D838" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E838" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F838">
-        <v>4.9</v>
+        <v>5</v>
       </c>
     </row>
     <row r="839">
       <c r="A839" t="s">
         <v>6</v>
       </c>
       <c r="B839" t="s">
         <v>7</v>
       </c>
       <c r="C839" t="s">
         <v>150</v>
       </c>
       <c r="D839" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E839" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F839">
         <v>4.9</v>
       </c>
     </row>
     <row r="840">
       <c r="A840" t="s">
         <v>6</v>
       </c>
       <c r="B840" t="s">
         <v>7</v>
       </c>
       <c r="C840" t="s">
         <v>150</v>
       </c>
       <c r="D840" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E840" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F840">
-        <v>5</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="841">
       <c r="A841" t="s">
         <v>6</v>
       </c>
       <c r="B841" t="s">
         <v>7</v>
       </c>
       <c r="C841" t="s">
         <v>150</v>
       </c>
       <c r="D841" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E841" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F841">
-        <v>4.74</v>
+        <v>5</v>
       </c>
     </row>
     <row r="842">
       <c r="A842" t="s">
         <v>6</v>
       </c>
       <c r="B842" t="s">
         <v>7</v>
       </c>
       <c r="C842" t="s">
         <v>150</v>
       </c>
       <c r="D842" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E842" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F842">
-        <v>4.32</v>
+        <v>4.74</v>
       </c>
     </row>
     <row r="843">
       <c r="A843" t="s">
         <v>6</v>
       </c>
       <c r="B843" t="s">
         <v>7</v>
       </c>
       <c r="C843" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="D843" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E843" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F843">
-        <v>7.236</v>
+        <v>4.32</v>
       </c>
     </row>
     <row r="844">
       <c r="A844" t="s">
         <v>6</v>
       </c>
       <c r="B844" t="s">
         <v>7</v>
       </c>
       <c r="C844" t="s">
         <v>151</v>
       </c>
       <c r="D844" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E844" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F844">
-        <v>7.107</v>
+        <v>7.236</v>
       </c>
     </row>
     <row r="845">
       <c r="A845" t="s">
         <v>6</v>
       </c>
       <c r="B845" t="s">
         <v>7</v>
       </c>
       <c r="C845" t="s">
         <v>151</v>
       </c>
       <c r="D845" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E845" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F845">
-        <v>7.229</v>
+        <v>7.107</v>
       </c>
     </row>
     <row r="846">
       <c r="A846" t="s">
         <v>6</v>
       </c>
       <c r="B846" t="s">
         <v>7</v>
       </c>
       <c r="C846" t="s">
         <v>151</v>
       </c>
       <c r="D846" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E846" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F846">
-        <v>7.29854</v>
+        <v>7.229</v>
       </c>
     </row>
     <row r="847">
       <c r="A847" t="s">
         <v>6</v>
       </c>
       <c r="B847" t="s">
         <v>7</v>
       </c>
       <c r="C847" t="s">
         <v>151</v>
       </c>
       <c r="D847" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E847" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F847">
-        <v>6.8</v>
+        <v>7.29854</v>
       </c>
     </row>
     <row r="848">
       <c r="A848" t="s">
         <v>6</v>
       </c>
       <c r="B848" t="s">
         <v>7</v>
       </c>
       <c r="C848" t="s">
         <v>151</v>
       </c>
       <c r="D848" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E848" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F848">
-        <v>7.2</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="849">
       <c r="A849" t="s">
         <v>6</v>
       </c>
       <c r="B849" t="s">
         <v>7</v>
       </c>
       <c r="C849" t="s">
         <v>151</v>
       </c>
       <c r="D849" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E849" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F849">
-        <v>6.9</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="850">
       <c r="A850" t="s">
         <v>6</v>
       </c>
       <c r="B850" t="s">
         <v>7</v>
       </c>
       <c r="C850" t="s">
         <v>151</v>
       </c>
       <c r="D850" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E850" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F850">
-        <v>7.1</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="851">
       <c r="A851" t="s">
         <v>6</v>
       </c>
       <c r="B851" t="s">
         <v>7</v>
       </c>
       <c r="C851" t="s">
         <v>151</v>
       </c>
       <c r="D851" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E851" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F851">
-        <v>7.3</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="852">
       <c r="A852" t="s">
         <v>6</v>
       </c>
       <c r="B852" t="s">
         <v>7</v>
       </c>
       <c r="C852" t="s">
         <v>151</v>
       </c>
       <c r="D852" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E852" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F852">
-        <v>8.46</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="853">
       <c r="A853" t="s">
         <v>6</v>
       </c>
       <c r="B853" t="s">
         <v>7</v>
       </c>
       <c r="C853" t="s">
         <v>151</v>
       </c>
       <c r="D853" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E853" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F853">
-        <v>8.32</v>
+        <v>8.46</v>
       </c>
     </row>
     <row r="854">
       <c r="A854" t="s">
         <v>6</v>
       </c>
       <c r="B854" t="s">
         <v>7</v>
       </c>
       <c r="C854" t="s">
         <v>151</v>
       </c>
       <c r="D854" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E854" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F854">
-        <v>8.05</v>
+        <v>8.32</v>
       </c>
     </row>
     <row r="855">
       <c r="A855" t="s">
         <v>6</v>
       </c>
       <c r="B855" t="s">
         <v>7</v>
       </c>
       <c r="C855" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="D855" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E855" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F855">
-        <v>5.19</v>
+        <v>8.05</v>
       </c>
     </row>
     <row r="856">
       <c r="A856" t="s">
         <v>6</v>
       </c>
       <c r="B856" t="s">
         <v>7</v>
       </c>
       <c r="C856" t="s">
         <v>152</v>
       </c>
       <c r="D856" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E856" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F856">
-        <v>5.247</v>
+        <v>5.19</v>
       </c>
     </row>
     <row r="857">
       <c r="A857" t="s">
         <v>6</v>
       </c>
       <c r="B857" t="s">
         <v>7</v>
       </c>
       <c r="C857" t="s">
         <v>152</v>
       </c>
       <c r="D857" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E857" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F857">
-        <v>5.9</v>
+        <v>5.247</v>
       </c>
     </row>
     <row r="858">
       <c r="A858" t="s">
         <v>6</v>
       </c>
       <c r="B858" t="s">
         <v>7</v>
       </c>
       <c r="C858" t="s">
         <v>152</v>
       </c>
       <c r="D858" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E858" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F858">
-        <v>5.2</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="859">
       <c r="A859" t="s">
         <v>6</v>
       </c>
       <c r="B859" t="s">
         <v>7</v>
       </c>
       <c r="C859" t="s">
         <v>152</v>
       </c>
       <c r="D859" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E859" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F859">
-        <v>5.3</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="860">
       <c r="A860" t="s">
         <v>6</v>
       </c>
       <c r="B860" t="s">
         <v>7</v>
       </c>
       <c r="C860" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="D860" s="2">
-        <v>41639</v>
+        <v>44196</v>
       </c>
       <c r="E860" s="3">
-        <v>2013</v>
+        <v>2020</v>
       </c>
       <c r="F860">
-        <v>4.276</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="861">
       <c r="A861" t="s">
         <v>6</v>
       </c>
       <c r="B861" t="s">
         <v>7</v>
       </c>
       <c r="C861" t="s">
         <v>153</v>
       </c>
       <c r="D861" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E861" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F861">
-        <v>4.2</v>
+        <v>4.276</v>
       </c>
     </row>
     <row r="862">
       <c r="A862" t="s">
         <v>6</v>
       </c>
       <c r="B862" t="s">
         <v>7</v>
       </c>
       <c r="C862" t="s">
         <v>153</v>
       </c>
       <c r="D862" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E862" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F862">
-        <v>4.3</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="863">
       <c r="A863" t="s">
         <v>6</v>
       </c>
       <c r="B863" t="s">
         <v>7</v>
       </c>
       <c r="C863" t="s">
         <v>153</v>
       </c>
       <c r="D863" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E863" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F863">
-        <v>3.84</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="864">
       <c r="A864" t="s">
         <v>6</v>
       </c>
       <c r="B864" t="s">
         <v>7</v>
       </c>
       <c r="C864" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="D864" s="2">
-        <v>41639</v>
+        <v>44561</v>
       </c>
       <c r="E864" s="3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F864">
-        <v>4.215</v>
+        <v>3.84</v>
       </c>
     </row>
     <row r="865">
       <c r="A865" t="s">
         <v>6</v>
       </c>
       <c r="B865" t="s">
         <v>7</v>
       </c>
       <c r="C865" t="s">
         <v>154</v>
       </c>
       <c r="D865" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E865" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F865">
-        <v>4.1719</v>
+        <v>4.215</v>
       </c>
     </row>
     <row r="866">
       <c r="A866" t="s">
         <v>6</v>
       </c>
       <c r="B866" t="s">
         <v>7</v>
       </c>
       <c r="C866" t="s">
         <v>154</v>
       </c>
       <c r="D866" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E866" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F866">
-        <v>4.2</v>
+        <v>4.1719</v>
       </c>
     </row>
     <row r="867">
       <c r="A867" t="s">
         <v>6</v>
       </c>
       <c r="B867" t="s">
         <v>7</v>
       </c>
       <c r="C867" t="s">
         <v>154</v>
       </c>
       <c r="D867" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E867" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F867">
-        <v>4.1</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="868">
       <c r="A868" t="s">
         <v>6</v>
       </c>
       <c r="B868" t="s">
         <v>7</v>
       </c>
       <c r="C868" t="s">
         <v>154</v>
       </c>
       <c r="D868" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E868" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F868">
-        <v>2.76</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="869">
       <c r="A869" t="s">
         <v>6</v>
       </c>
       <c r="B869" t="s">
         <v>7</v>
       </c>
       <c r="C869" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="D869" s="2">
-        <v>42369</v>
+        <v>44561</v>
       </c>
       <c r="E869" s="3">
-        <v>2015</v>
+        <v>2021</v>
       </c>
       <c r="F869">
-        <v>5.30649</v>
+        <v>2.76</v>
       </c>
     </row>
     <row r="870">
       <c r="A870" t="s">
         <v>6</v>
       </c>
       <c r="B870" t="s">
         <v>7</v>
       </c>
       <c r="C870" t="s">
         <v>155</v>
       </c>
       <c r="D870" s="2">
-        <v>44196</v>
+        <v>42369</v>
       </c>
       <c r="E870" s="3">
-        <v>2020</v>
+        <v>2015</v>
       </c>
       <c r="F870">
-        <v>5</v>
+        <v>5.30649</v>
       </c>
     </row>
     <row r="871">
       <c r="A871" t="s">
         <v>6</v>
       </c>
       <c r="B871" t="s">
         <v>7</v>
       </c>
       <c r="C871" t="s">
         <v>155</v>
       </c>
       <c r="D871" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E871" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F871">
-        <v>3.44</v>
+        <v>5</v>
       </c>
     </row>
     <row r="872">
       <c r="A872" t="s">
         <v>6</v>
       </c>
       <c r="B872" t="s">
         <v>7</v>
       </c>
       <c r="C872" t="s">
         <v>155</v>
       </c>
       <c r="D872" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E872" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F872">
-        <v>3.4</v>
+        <v>3.44</v>
       </c>
     </row>
     <row r="873">
       <c r="A873" t="s">
         <v>6</v>
       </c>
       <c r="B873" t="s">
         <v>7</v>
       </c>
       <c r="C873" t="s">
         <v>155</v>
       </c>
       <c r="D873" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E873" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F873">
-        <v>4.35</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="874">
       <c r="A874" t="s">
         <v>6</v>
       </c>
       <c r="B874" t="s">
         <v>7</v>
       </c>
       <c r="C874" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="D874" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E874" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F874">
-        <v>3.265</v>
+        <v>4.35</v>
       </c>
     </row>
     <row r="875">
       <c r="A875" t="s">
         <v>6</v>
       </c>
       <c r="B875" t="s">
         <v>7</v>
       </c>
       <c r="C875" t="s">
         <v>156</v>
       </c>
       <c r="D875" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E875" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F875">
-        <v>3.678</v>
+        <v>3.265</v>
       </c>
     </row>
     <row r="876">
       <c r="A876" t="s">
         <v>6</v>
       </c>
       <c r="B876" t="s">
         <v>7</v>
       </c>
       <c r="C876" t="s">
         <v>156</v>
       </c>
       <c r="D876" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E876" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F876">
-        <v>3.10273</v>
+        <v>3.678</v>
       </c>
     </row>
     <row r="877">
       <c r="A877" t="s">
         <v>6</v>
       </c>
       <c r="B877" t="s">
         <v>7</v>
       </c>
       <c r="C877" t="s">
         <v>156</v>
       </c>
       <c r="D877" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E877" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F877">
-        <v>3.3</v>
+        <v>3.10273</v>
       </c>
     </row>
     <row r="878">
       <c r="A878" t="s">
         <v>6</v>
       </c>
       <c r="B878" t="s">
         <v>7</v>
       </c>
       <c r="C878" t="s">
         <v>156</v>
       </c>
       <c r="D878" s="2">
-        <v>45291</v>
+        <v>42735</v>
       </c>
       <c r="E878" s="3">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="F878">
-        <v>1.69</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="879">
       <c r="A879" t="s">
         <v>6</v>
       </c>
       <c r="B879" t="s">
         <v>7</v>
       </c>
       <c r="C879" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="D879" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E879" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F879">
-        <v>5.061</v>
+        <v>1.69</v>
       </c>
     </row>
     <row r="880">
       <c r="A880" t="s">
         <v>6</v>
       </c>
       <c r="B880" t="s">
         <v>7</v>
       </c>
       <c r="C880" t="s">
         <v>157</v>
       </c>
       <c r="D880" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E880" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F880">
-        <v>5.10505</v>
+        <v>5.061</v>
       </c>
     </row>
     <row r="881">
       <c r="A881" t="s">
         <v>6</v>
       </c>
       <c r="B881" t="s">
         <v>7</v>
       </c>
       <c r="C881" t="s">
         <v>157</v>
       </c>
       <c r="D881" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E881" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F881">
-        <v>5.1</v>
+        <v>5.10505</v>
       </c>
     </row>
     <row r="882">
       <c r="A882" t="s">
         <v>6</v>
       </c>
       <c r="B882" t="s">
         <v>7</v>
       </c>
       <c r="C882" t="s">
         <v>157</v>
       </c>
       <c r="D882" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E882" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F882">
-        <v>4.9</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="883">
       <c r="A883" t="s">
         <v>6</v>
       </c>
       <c r="B883" t="s">
         <v>7</v>
       </c>
       <c r="C883" t="s">
         <v>157</v>
       </c>
       <c r="D883" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E883" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F883">
-        <v>3.73</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="884">
       <c r="A884" t="s">
         <v>6</v>
       </c>
       <c r="B884" t="s">
         <v>7</v>
       </c>
       <c r="C884" t="s">
         <v>157</v>
       </c>
       <c r="D884" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E884" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F884">
-        <v>4.01</v>
+        <v>3.73</v>
       </c>
     </row>
     <row r="885">
       <c r="A885" t="s">
         <v>6</v>
       </c>
       <c r="B885" t="s">
         <v>7</v>
       </c>
       <c r="C885" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="D885" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E885" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F885">
-        <v>6.077</v>
+        <v>4.01</v>
       </c>
     </row>
     <row r="886">
       <c r="A886" t="s">
         <v>6</v>
       </c>
       <c r="B886" t="s">
         <v>7</v>
       </c>
       <c r="C886" t="s">
         <v>158</v>
       </c>
       <c r="D886" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E886" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F886">
-        <v>5.99</v>
+        <v>6.077</v>
       </c>
     </row>
     <row r="887">
       <c r="A887" t="s">
         <v>6</v>
       </c>
       <c r="B887" t="s">
         <v>7</v>
       </c>
       <c r="C887" t="s">
         <v>158</v>
       </c>
       <c r="D887" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E887" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F887">
-        <v>6.097</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="888">
       <c r="A888" t="s">
         <v>6</v>
       </c>
       <c r="B888" t="s">
         <v>7</v>
       </c>
       <c r="C888" t="s">
         <v>158</v>
       </c>
       <c r="D888" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E888" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F888">
-        <v>5.82437</v>
+        <v>6.097</v>
       </c>
     </row>
     <row r="889">
       <c r="A889" t="s">
         <v>6</v>
       </c>
       <c r="B889" t="s">
         <v>7</v>
       </c>
       <c r="C889" t="s">
         <v>158</v>
       </c>
       <c r="D889" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E889" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F889">
-        <v>6.1</v>
+        <v>5.82437</v>
       </c>
     </row>
     <row r="890">
       <c r="A890" t="s">
         <v>6</v>
       </c>
       <c r="B890" t="s">
         <v>7</v>
       </c>
       <c r="C890" t="s">
         <v>158</v>
       </c>
       <c r="D890" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E890" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F890">
-        <v>6.4</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="891">
       <c r="A891" t="s">
         <v>6</v>
       </c>
       <c r="B891" t="s">
         <v>7</v>
       </c>
       <c r="C891" t="s">
         <v>158</v>
       </c>
       <c r="D891" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E891" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F891">
-        <v>5.6</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="892">
       <c r="A892" t="s">
         <v>6</v>
       </c>
       <c r="B892" t="s">
         <v>7</v>
       </c>
       <c r="C892" t="s">
         <v>158</v>
       </c>
       <c r="D892" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E892" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F892">
         <v>5.6</v>
       </c>
     </row>
     <row r="893">
       <c r="A893" t="s">
         <v>6</v>
       </c>
       <c r="B893" t="s">
         <v>7</v>
       </c>
       <c r="C893" t="s">
         <v>158</v>
       </c>
       <c r="D893" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E893" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F893">
-        <v>6.1</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="894">
       <c r="A894" t="s">
         <v>6</v>
       </c>
       <c r="B894" t="s">
         <v>7</v>
       </c>
       <c r="C894" t="s">
         <v>158</v>
       </c>
       <c r="D894" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E894" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F894">
-        <v>5.84</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="895">
       <c r="A895" t="s">
         <v>6</v>
       </c>
       <c r="B895" t="s">
         <v>7</v>
       </c>
       <c r="C895" t="s">
         <v>158</v>
       </c>
       <c r="D895" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E895" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F895">
-        <v>5.42</v>
+        <v>5.84</v>
       </c>
     </row>
     <row r="896">
       <c r="A896" t="s">
         <v>6</v>
       </c>
       <c r="B896" t="s">
         <v>7</v>
       </c>
       <c r="C896" t="s">
         <v>158</v>
       </c>
       <c r="D896" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E896" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F896">
-        <v>5.49</v>
+        <v>5.42</v>
       </c>
     </row>
     <row r="897">
       <c r="A897" t="s">
         <v>6</v>
       </c>
       <c r="B897" t="s">
         <v>7</v>
       </c>
       <c r="C897" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="D897" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E897" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F897">
-        <v>5.038</v>
+        <v>5.49</v>
       </c>
     </row>
     <row r="898">
       <c r="A898" t="s">
         <v>6</v>
       </c>
       <c r="B898" t="s">
         <v>7</v>
       </c>
       <c r="C898" t="s">
         <v>159</v>
       </c>
       <c r="D898" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E898" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F898">
-        <v>5.09</v>
+        <v>5.038</v>
       </c>
     </row>
     <row r="899">
       <c r="A899" t="s">
         <v>6</v>
       </c>
       <c r="B899" t="s">
         <v>7</v>
       </c>
       <c r="C899" t="s">
         <v>159</v>
       </c>
       <c r="D899" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E899" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F899">
-        <v>5.329</v>
+        <v>5.09</v>
       </c>
     </row>
     <row r="900">
       <c r="A900" t="s">
         <v>6</v>
       </c>
       <c r="B900" t="s">
         <v>7</v>
       </c>
       <c r="C900" t="s">
         <v>159</v>
       </c>
       <c r="D900" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E900" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F900">
-        <v>5.35093</v>
+        <v>5.329</v>
       </c>
     </row>
     <row r="901">
       <c r="A901" t="s">
         <v>6</v>
       </c>
       <c r="B901" t="s">
         <v>7</v>
       </c>
       <c r="C901" t="s">
         <v>159</v>
       </c>
       <c r="D901" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E901" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F901">
-        <v>5.4</v>
+        <v>5.35093</v>
       </c>
     </row>
     <row r="902">
       <c r="A902" t="s">
         <v>6</v>
       </c>
       <c r="B902" t="s">
         <v>7</v>
       </c>
       <c r="C902" t="s">
         <v>159</v>
       </c>
       <c r="D902" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E902" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F902">
-        <v>5.8</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="903">
       <c r="A903" t="s">
         <v>6</v>
       </c>
       <c r="B903" t="s">
         <v>7</v>
       </c>
       <c r="C903" t="s">
         <v>159</v>
       </c>
       <c r="D903" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E903" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F903">
-        <v>5.5</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="904">
       <c r="A904" t="s">
         <v>6</v>
       </c>
       <c r="B904" t="s">
         <v>7</v>
       </c>
       <c r="C904" t="s">
         <v>159</v>
       </c>
       <c r="D904" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E904" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F904">
-        <v>5.6</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="905">
       <c r="A905" t="s">
         <v>6</v>
       </c>
       <c r="B905" t="s">
         <v>7</v>
       </c>
       <c r="C905" t="s">
         <v>159</v>
       </c>
       <c r="D905" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E905" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F905">
-        <v>5.8</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="906">
       <c r="A906" t="s">
         <v>6</v>
       </c>
       <c r="B906" t="s">
         <v>7</v>
       </c>
       <c r="C906" t="s">
         <v>159</v>
       </c>
       <c r="D906" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E906" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F906">
-        <v>6.08</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="907">
       <c r="A907" t="s">
         <v>6</v>
       </c>
       <c r="B907" t="s">
         <v>7</v>
       </c>
       <c r="C907" t="s">
         <v>159</v>
       </c>
       <c r="D907" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E907" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F907">
-        <v>6.45</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="908">
       <c r="A908" t="s">
         <v>6</v>
       </c>
       <c r="B908" t="s">
         <v>7</v>
       </c>
       <c r="C908" t="s">
         <v>159</v>
       </c>
       <c r="D908" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E908" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F908">
-        <v>5.56</v>
+        <v>6.45</v>
       </c>
     </row>
     <row r="909">
       <c r="A909" t="s">
         <v>6</v>
       </c>
       <c r="B909" t="s">
         <v>7</v>
       </c>
       <c r="C909" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="D909" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E909" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F909">
-        <v>5.789</v>
+        <v>5.56</v>
       </c>
     </row>
     <row r="910">
       <c r="A910" t="s">
         <v>6</v>
       </c>
       <c r="B910" t="s">
         <v>7</v>
       </c>
       <c r="C910" t="s">
         <v>160</v>
       </c>
       <c r="D910" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E910" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F910">
-        <v>4.97041</v>
+        <v>5.789</v>
       </c>
     </row>
     <row r="911">
       <c r="A911" t="s">
         <v>6</v>
       </c>
       <c r="B911" t="s">
         <v>7</v>
       </c>
       <c r="C911" t="s">
         <v>160</v>
       </c>
       <c r="D911" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E911" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F911">
-        <v>5</v>
+        <v>4.97041</v>
       </c>
     </row>
     <row r="912">
       <c r="A912" t="s">
         <v>6</v>
       </c>
       <c r="B912" t="s">
         <v>7</v>
       </c>
       <c r="C912" t="s">
         <v>160</v>
       </c>
       <c r="D912" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E912" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F912">
-        <v>5.5</v>
+        <v>5</v>
       </c>
     </row>
     <row r="913">
       <c r="A913" t="s">
         <v>6</v>
       </c>
       <c r="B913" t="s">
         <v>7</v>
       </c>
       <c r="C913" t="s">
         <v>160</v>
       </c>
       <c r="D913" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E913" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F913">
-        <v>5.4</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="914">
       <c r="A914" t="s">
         <v>6</v>
       </c>
       <c r="B914" t="s">
         <v>7</v>
       </c>
       <c r="C914" t="s">
         <v>160</v>
       </c>
       <c r="D914" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E914" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F914">
-        <v>6.22</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="915">
       <c r="A915" t="s">
         <v>6</v>
       </c>
       <c r="B915" t="s">
         <v>7</v>
       </c>
       <c r="C915" t="s">
         <v>160</v>
       </c>
       <c r="D915" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E915" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F915">
-        <v>5.03</v>
+        <v>6.22</v>
       </c>
     </row>
     <row r="916">
       <c r="A916" t="s">
         <v>6</v>
       </c>
       <c r="B916" t="s">
         <v>7</v>
       </c>
       <c r="C916" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="D916" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E916" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F916">
-        <v>5.667</v>
+        <v>5.03</v>
       </c>
     </row>
     <row r="917">
       <c r="A917" t="s">
         <v>6</v>
       </c>
       <c r="B917" t="s">
         <v>7</v>
       </c>
       <c r="C917" t="s">
         <v>161</v>
       </c>
       <c r="D917" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E917" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F917">
-        <v>6.23942</v>
+        <v>5.667</v>
       </c>
     </row>
     <row r="918">
       <c r="A918" t="s">
         <v>6</v>
       </c>
       <c r="B918" t="s">
         <v>7</v>
       </c>
       <c r="C918" t="s">
         <v>161</v>
       </c>
       <c r="D918" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E918" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F918">
-        <v>5.9</v>
+        <v>6.23942</v>
       </c>
     </row>
     <row r="919">
       <c r="A919" t="s">
         <v>6</v>
       </c>
       <c r="B919" t="s">
         <v>7</v>
       </c>
       <c r="C919" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="D919" s="2">
-        <v>41639</v>
+        <v>43100</v>
       </c>
       <c r="E919" s="3">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="F919">
-        <v>5.547</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="920">
       <c r="A920" t="s">
         <v>6</v>
       </c>
       <c r="B920" t="s">
         <v>7</v>
       </c>
       <c r="C920" t="s">
         <v>162</v>
       </c>
       <c r="D920" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E920" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F920">
-        <v>5.49094</v>
+        <v>5.547</v>
       </c>
     </row>
     <row r="921">
       <c r="A921" t="s">
         <v>6</v>
       </c>
       <c r="B921" t="s">
         <v>7</v>
       </c>
       <c r="C921" t="s">
         <v>162</v>
       </c>
       <c r="D921" s="2">
-        <v>43830</v>
+        <v>42369</v>
       </c>
       <c r="E921" s="3">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="F921">
-        <v>5.5</v>
+        <v>5.49094</v>
       </c>
     </row>
     <row r="922">
       <c r="A922" t="s">
         <v>6</v>
       </c>
       <c r="B922" t="s">
         <v>7</v>
       </c>
       <c r="C922" t="s">
         <v>162</v>
       </c>
       <c r="D922" s="2">
-        <v>45291</v>
+        <v>43830</v>
       </c>
       <c r="E922" s="3">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="F922">
-        <v>4.65</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="923">
       <c r="A923" t="s">
         <v>6</v>
       </c>
       <c r="B923" t="s">
         <v>7</v>
       </c>
       <c r="C923" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="D923" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E923" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F923">
-        <v>4.76</v>
+        <v>4.65</v>
       </c>
     </row>
     <row r="924">
       <c r="A924" t="s">
         <v>6</v>
       </c>
       <c r="B924" t="s">
         <v>7</v>
       </c>
       <c r="C924" t="s">
         <v>163</v>
       </c>
       <c r="D924" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E924" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F924">
-        <v>5.032</v>
+        <v>4.76</v>
       </c>
     </row>
     <row r="925">
       <c r="A925" t="s">
         <v>6</v>
       </c>
       <c r="B925" t="s">
         <v>7</v>
       </c>
       <c r="C925" t="s">
         <v>163</v>
       </c>
       <c r="D925" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E925" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F925">
-        <v>5.175</v>
+        <v>5.032</v>
       </c>
     </row>
     <row r="926">
       <c r="A926" t="s">
         <v>6</v>
       </c>
       <c r="B926" t="s">
         <v>7</v>
       </c>
       <c r="C926" t="s">
         <v>163</v>
       </c>
       <c r="D926" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E926" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F926">
-        <v>5.00598</v>
+        <v>5.175</v>
       </c>
     </row>
     <row r="927">
       <c r="A927" t="s">
         <v>6</v>
       </c>
       <c r="B927" t="s">
         <v>7</v>
       </c>
       <c r="C927" t="s">
         <v>163</v>
       </c>
       <c r="D927" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E927" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F927">
-        <v>5</v>
+        <v>5.00598</v>
       </c>
     </row>
     <row r="928">
       <c r="A928" t="s">
         <v>6</v>
       </c>
       <c r="B928" t="s">
         <v>7</v>
       </c>
       <c r="C928" t="s">
         <v>163</v>
       </c>
       <c r="D928" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E928" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F928">
-        <v>5.1</v>
+        <v>5</v>
       </c>
     </row>
     <row r="929">
       <c r="A929" t="s">
         <v>6</v>
       </c>
       <c r="B929" t="s">
         <v>7</v>
       </c>
       <c r="C929" t="s">
         <v>163</v>
       </c>
       <c r="D929" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E929" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F929">
-        <v>4.6</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="930">
       <c r="A930" t="s">
         <v>6</v>
       </c>
       <c r="B930" t="s">
         <v>7</v>
       </c>
       <c r="C930" t="s">
         <v>163</v>
       </c>
       <c r="D930" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E930" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F930">
         <v>4.6</v>
       </c>
     </row>
     <row r="931">
       <c r="A931" t="s">
         <v>6</v>
       </c>
       <c r="B931" t="s">
         <v>7</v>
       </c>
       <c r="C931" t="s">
         <v>163</v>
       </c>
       <c r="D931" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E931" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F931">
-        <v>4.18</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="932">
       <c r="A932" t="s">
         <v>6</v>
       </c>
       <c r="B932" t="s">
         <v>7</v>
       </c>
       <c r="C932" t="s">
         <v>163</v>
       </c>
       <c r="D932" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E932" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F932">
-        <v>4.28</v>
+        <v>4.18</v>
       </c>
     </row>
     <row r="933">
       <c r="A933" t="s">
         <v>6</v>
       </c>
       <c r="B933" t="s">
         <v>7</v>
       </c>
       <c r="C933" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="D933" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E933" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F933">
-        <v>3.151</v>
+        <v>4.28</v>
       </c>
     </row>
     <row r="934">
       <c r="A934" t="s">
         <v>6</v>
       </c>
       <c r="B934" t="s">
         <v>7</v>
       </c>
       <c r="C934" t="s">
         <v>164</v>
       </c>
       <c r="D934" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E934" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F934">
-        <v>3.322</v>
+        <v>3.151</v>
       </c>
     </row>
     <row r="935">
       <c r="A935" t="s">
         <v>6</v>
       </c>
       <c r="B935" t="s">
         <v>7</v>
       </c>
       <c r="C935" t="s">
         <v>164</v>
       </c>
       <c r="D935" s="2">
-        <v>43465</v>
+        <v>42004</v>
       </c>
       <c r="E935" s="3">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="F935">
-        <v>3.6</v>
+        <v>3.322</v>
       </c>
     </row>
     <row r="936">
       <c r="A936" t="s">
         <v>6</v>
       </c>
       <c r="B936" t="s">
         <v>7</v>
       </c>
       <c r="C936" t="s">
         <v>164</v>
       </c>
       <c r="D936" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E936" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F936">
-        <v>3.4</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="937">
       <c r="A937" t="s">
         <v>6</v>
       </c>
       <c r="B937" t="s">
         <v>7</v>
       </c>
       <c r="C937" t="s">
         <v>164</v>
       </c>
       <c r="D937" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E937" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F937">
-        <v>4</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="938">
       <c r="A938" t="s">
         <v>6</v>
       </c>
       <c r="B938" t="s">
         <v>7</v>
       </c>
       <c r="C938" t="s">
         <v>164</v>
       </c>
       <c r="D938" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E938" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F938">
-        <v>2.62</v>
+        <v>4</v>
       </c>
     </row>
     <row r="939">
       <c r="A939" t="s">
         <v>6</v>
       </c>
       <c r="B939" t="s">
         <v>7</v>
       </c>
       <c r="C939" t="s">
         <v>164</v>
       </c>
       <c r="D939" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E939" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F939">
-        <v>2.85</v>
+        <v>2.62</v>
       </c>
     </row>
     <row r="940">
       <c r="A940" t="s">
         <v>6</v>
       </c>
       <c r="B940" t="s">
         <v>7</v>
       </c>
       <c r="C940" t="s">
         <v>164</v>
       </c>
       <c r="D940" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E940" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F940">
-        <v>3.12</v>
+        <v>2.85</v>
       </c>
     </row>
     <row r="941">
       <c r="A941" t="s">
         <v>6</v>
       </c>
       <c r="B941" t="s">
         <v>7</v>
       </c>
       <c r="C941" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="D941" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E941" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F941">
-        <v>5.917</v>
+        <v>3.12</v>
       </c>
     </row>
     <row r="942">
       <c r="A942" t="s">
         <v>6</v>
       </c>
       <c r="B942" t="s">
         <v>7</v>
       </c>
       <c r="C942" t="s">
         <v>165</v>
       </c>
       <c r="D942" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E942" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F942">
-        <v>6</v>
+        <v>5.917</v>
       </c>
     </row>
     <row r="943">
       <c r="A943" t="s">
         <v>6</v>
       </c>
       <c r="B943" t="s">
         <v>7</v>
       </c>
       <c r="C943" t="s">
         <v>165</v>
       </c>
       <c r="D943" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E943" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F943">
-        <v>5.9</v>
+        <v>6</v>
       </c>
     </row>
     <row r="944">
       <c r="A944" t="s">
         <v>6</v>
       </c>
       <c r="B944" t="s">
         <v>7</v>
       </c>
       <c r="C944" t="s">
         <v>165</v>
       </c>
       <c r="D944" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E944" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F944">
-        <v>5.6</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="945">
       <c r="A945" t="s">
         <v>6</v>
       </c>
       <c r="B945" t="s">
         <v>7</v>
       </c>
       <c r="C945" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="D945" s="2">
-        <v>41274</v>
+        <v>44196</v>
       </c>
       <c r="E945" s="3">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="F945">
-        <v>5.017</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="946">
       <c r="A946" t="s">
         <v>6</v>
       </c>
       <c r="B946" t="s">
         <v>7</v>
       </c>
       <c r="C946" t="s">
         <v>166</v>
       </c>
       <c r="D946" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E946" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F946">
-        <v>4.63767</v>
+        <v>5.017</v>
       </c>
     </row>
     <row r="947">
       <c r="A947" t="s">
         <v>6</v>
       </c>
       <c r="B947" t="s">
         <v>7</v>
       </c>
       <c r="C947" t="s">
         <v>166</v>
       </c>
       <c r="D947" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E947" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F947">
-        <v>4.7</v>
+        <v>4.63767</v>
       </c>
     </row>
     <row r="948">
       <c r="A948" t="s">
         <v>6</v>
       </c>
       <c r="B948" t="s">
         <v>7</v>
       </c>
       <c r="C948" t="s">
         <v>166</v>
       </c>
       <c r="D948" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E948" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F948">
-        <v>4.9</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="949">
       <c r="A949" t="s">
         <v>6</v>
       </c>
       <c r="B949" t="s">
         <v>7</v>
       </c>
       <c r="C949" t="s">
         <v>166</v>
       </c>
       <c r="D949" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E949" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F949">
-        <v>4.7</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="950">
       <c r="A950" t="s">
         <v>6</v>
       </c>
       <c r="B950" t="s">
         <v>7</v>
       </c>
       <c r="C950" t="s">
         <v>166</v>
       </c>
       <c r="D950" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E950" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F950">
-        <v>4.52</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="951">
       <c r="A951" t="s">
         <v>6</v>
       </c>
       <c r="B951" t="s">
         <v>7</v>
       </c>
       <c r="C951" t="s">
         <v>166</v>
       </c>
       <c r="D951" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E951" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F951">
-        <v>4.53</v>
+        <v>4.52</v>
       </c>
     </row>
     <row r="952">
       <c r="A952" t="s">
         <v>6</v>
       </c>
       <c r="B952" t="s">
         <v>7</v>
       </c>
       <c r="C952" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="D952" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E952" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F952">
-        <v>5.311</v>
+        <v>4.53</v>
       </c>
     </row>
     <row r="953">
       <c r="A953" t="s">
         <v>6</v>
       </c>
       <c r="B953" t="s">
         <v>7</v>
       </c>
       <c r="C953" t="s">
         <v>167</v>
       </c>
       <c r="D953" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E953" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F953">
-        <v>6.04213</v>
+        <v>5.311</v>
       </c>
     </row>
     <row r="954">
       <c r="A954" t="s">
         <v>6</v>
       </c>
       <c r="B954" t="s">
         <v>7</v>
       </c>
       <c r="C954" t="s">
         <v>167</v>
       </c>
       <c r="D954" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E954" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F954">
-        <v>6.9</v>
+        <v>6.04213</v>
       </c>
     </row>
     <row r="955">
       <c r="A955" t="s">
         <v>6</v>
       </c>
       <c r="B955" t="s">
         <v>7</v>
       </c>
       <c r="C955" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="D955" s="2">
-        <v>41639</v>
+        <v>43100</v>
       </c>
       <c r="E955" s="3">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="F955">
-        <v>7.096</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="956">
       <c r="A956" t="s">
         <v>6</v>
       </c>
       <c r="B956" t="s">
         <v>7</v>
       </c>
       <c r="C956" t="s">
         <v>168</v>
       </c>
       <c r="D956" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E956" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F956">
-        <v>7.42436</v>
+        <v>7.096</v>
       </c>
     </row>
     <row r="957">
       <c r="A957" t="s">
         <v>6</v>
       </c>
       <c r="B957" t="s">
         <v>7</v>
       </c>
       <c r="C957" t="s">
         <v>168</v>
       </c>
       <c r="D957" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E957" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F957">
-        <v>7.4</v>
+        <v>7.42436</v>
       </c>
     </row>
     <row r="958">
       <c r="A958" t="s">
         <v>6</v>
       </c>
       <c r="B958" t="s">
         <v>7</v>
       </c>
       <c r="C958" t="s">
         <v>168</v>
       </c>
       <c r="D958" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E958" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F958">
-        <v>7.6</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="959">
       <c r="A959" t="s">
         <v>6</v>
       </c>
       <c r="B959" t="s">
         <v>7</v>
       </c>
       <c r="C959" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="D959" s="2">
-        <v>41639</v>
+        <v>43830</v>
       </c>
       <c r="E959" s="3">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="F959">
-        <v>6.463</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="960">
       <c r="A960" t="s">
         <v>6</v>
       </c>
       <c r="B960" t="s">
         <v>7</v>
       </c>
       <c r="C960" t="s">
         <v>169</v>
       </c>
       <c r="D960" s="2">
-        <v>43465</v>
+        <v>41639</v>
       </c>
       <c r="E960" s="3">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="F960">
-        <v>5.6</v>
+        <v>6.463</v>
       </c>
     </row>
     <row r="961">
       <c r="A961" t="s">
         <v>6</v>
       </c>
       <c r="B961" t="s">
         <v>7</v>
       </c>
       <c r="C961" t="s">
         <v>169</v>
       </c>
       <c r="D961" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E961" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F961">
-        <v>5.8</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="962">
       <c r="A962" t="s">
         <v>6</v>
       </c>
       <c r="B962" t="s">
         <v>7</v>
       </c>
       <c r="C962" t="s">
         <v>169</v>
       </c>
       <c r="D962" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E962" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F962">
-        <v>5.83</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="963">
       <c r="A963" t="s">
         <v>6</v>
       </c>
       <c r="B963" t="s">
         <v>7</v>
       </c>
       <c r="C963" t="s">
         <v>169</v>
       </c>
       <c r="D963" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E963" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F963">
-        <v>6.34</v>
+        <v>5.83</v>
       </c>
     </row>
     <row r="964">
       <c r="A964" t="s">
         <v>6</v>
       </c>
       <c r="B964" t="s">
         <v>7</v>
       </c>
       <c r="C964" t="s">
         <v>169</v>
       </c>
       <c r="D964" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E964" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F964">
-        <v>5.71</v>
+        <v>6.34</v>
       </c>
     </row>
     <row r="965">
       <c r="A965" t="s">
         <v>6</v>
       </c>
       <c r="B965" t="s">
         <v>7</v>
       </c>
       <c r="C965" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="D965" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E965" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F965">
-        <v>4.648</v>
+        <v>5.71</v>
       </c>
     </row>
     <row r="966">
       <c r="A966" t="s">
         <v>6</v>
       </c>
       <c r="B966" t="s">
         <v>7</v>
       </c>
       <c r="C966" t="s">
         <v>170</v>
       </c>
       <c r="D966" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E966" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F966">
-        <v>4.47265</v>
+        <v>4.648</v>
       </c>
     </row>
     <row r="967">
       <c r="A967" t="s">
         <v>6</v>
       </c>
       <c r="B967" t="s">
         <v>7</v>
       </c>
       <c r="C967" t="s">
         <v>170</v>
       </c>
       <c r="D967" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E967" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F967">
-        <v>4.1</v>
+        <v>4.47265</v>
       </c>
     </row>
     <row r="968">
       <c r="A968" t="s">
         <v>6</v>
       </c>
       <c r="B968" t="s">
         <v>7</v>
       </c>
       <c r="C968" t="s">
         <v>170</v>
       </c>
       <c r="D968" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E968" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F968">
-        <v>3.6</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="969">
       <c r="A969" t="s">
         <v>6</v>
       </c>
       <c r="B969" t="s">
         <v>7</v>
       </c>
       <c r="C969" t="s">
         <v>170</v>
       </c>
       <c r="D969" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E969" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F969">
-        <v>3.54</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="970">
       <c r="A970" t="s">
         <v>6</v>
       </c>
       <c r="B970" t="s">
         <v>7</v>
       </c>
       <c r="C970" t="s">
         <v>170</v>
       </c>
       <c r="D970" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E970" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F970">
-        <v>3.72</v>
+        <v>3.54</v>
       </c>
     </row>
     <row r="971">
       <c r="A971" t="s">
         <v>6</v>
       </c>
       <c r="B971" t="s">
         <v>7</v>
       </c>
       <c r="C971" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="D971" s="2">
-        <v>44561</v>
+        <v>45291</v>
       </c>
       <c r="E971" s="3">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="F971">
-        <v>2.29</v>
+        <v>3.72</v>
       </c>
     </row>
     <row r="972">
       <c r="A972" t="s">
         <v>6</v>
       </c>
       <c r="B972" t="s">
         <v>7</v>
       </c>
       <c r="C972" t="s">
         <v>171</v>
       </c>
       <c r="D972" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E972" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F972">
-        <v>2.52</v>
+        <v>2.29</v>
       </c>
     </row>
     <row r="973">
       <c r="A973" t="s">
         <v>6</v>
       </c>
       <c r="B973" t="s">
         <v>7</v>
       </c>
       <c r="C973" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D973" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E973" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F973">
-        <v>4.68</v>
+        <v>2.52</v>
       </c>
     </row>
     <row r="974">
       <c r="A974" t="s">
         <v>6</v>
       </c>
       <c r="B974" t="s">
         <v>7</v>
       </c>
       <c r="C974" t="s">
         <v>172</v>
       </c>
       <c r="D974" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E974" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F974">
-        <v>4.939</v>
+        <v>4.68</v>
       </c>
     </row>
     <row r="975">
       <c r="A975" t="s">
         <v>6</v>
       </c>
       <c r="B975" t="s">
         <v>7</v>
       </c>
       <c r="C975" t="s">
         <v>172</v>
       </c>
       <c r="D975" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E975" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F975">
-        <v>4.848</v>
+        <v>4.939</v>
       </c>
     </row>
     <row r="976">
       <c r="A976" t="s">
         <v>6</v>
       </c>
       <c r="B976" t="s">
         <v>7</v>
       </c>
       <c r="C976" t="s">
         <v>172</v>
       </c>
       <c r="D976" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E976" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F976">
-        <v>4.84852</v>
+        <v>4.848</v>
       </c>
     </row>
     <row r="977">
       <c r="A977" t="s">
         <v>6</v>
       </c>
       <c r="B977" t="s">
         <v>7</v>
       </c>
       <c r="C977" t="s">
         <v>172</v>
       </c>
       <c r="D977" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E977" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F977">
-        <v>4.9</v>
+        <v>4.84852</v>
       </c>
     </row>
     <row r="978">
       <c r="A978" t="s">
         <v>6</v>
       </c>
       <c r="B978" t="s">
         <v>7</v>
       </c>
       <c r="C978" t="s">
         <v>172</v>
       </c>
       <c r="D978" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E978" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F978">
         <v>4.9</v>
       </c>
     </row>
     <row r="979">
       <c r="A979" t="s">
         <v>6</v>
       </c>
       <c r="B979" t="s">
         <v>7</v>
       </c>
       <c r="C979" t="s">
         <v>172</v>
       </c>
       <c r="D979" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E979" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F979">
-        <v>4.3</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="980">
       <c r="A980" t="s">
         <v>6</v>
       </c>
       <c r="B980" t="s">
         <v>7</v>
       </c>
       <c r="C980" t="s">
         <v>172</v>
       </c>
       <c r="D980" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E980" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F980">
-        <v>4.8</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="981">
       <c r="A981" t="s">
         <v>6</v>
       </c>
       <c r="B981" t="s">
         <v>7</v>
       </c>
       <c r="C981" t="s">
         <v>172</v>
       </c>
       <c r="D981" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E981" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F981">
-        <v>3.22</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="982">
       <c r="A982" t="s">
         <v>6</v>
       </c>
       <c r="B982" t="s">
         <v>7</v>
       </c>
       <c r="C982" t="s">
         <v>172</v>
       </c>
       <c r="D982" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E982" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F982">
-        <v>3.71</v>
+        <v>3.22</v>
       </c>
     </row>
     <row r="983">
       <c r="A983" t="s">
         <v>6</v>
       </c>
       <c r="B983" t="s">
         <v>7</v>
       </c>
       <c r="C983" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D983" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E983" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F983">
-        <v>5.975</v>
+        <v>3.71</v>
       </c>
     </row>
     <row r="984">
       <c r="A984" t="s">
         <v>6</v>
       </c>
       <c r="B984" t="s">
         <v>7</v>
       </c>
       <c r="C984" t="s">
         <v>173</v>
       </c>
       <c r="D984" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E984" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F984">
-        <v>5.671</v>
+        <v>5.975</v>
       </c>
     </row>
     <row r="985">
       <c r="A985" t="s">
         <v>6</v>
       </c>
       <c r="B985" t="s">
         <v>7</v>
       </c>
       <c r="C985" t="s">
         <v>173</v>
       </c>
       <c r="D985" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E985" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F985">
-        <v>5.689</v>
+        <v>5.671</v>
       </c>
     </row>
     <row r="986">
       <c r="A986" t="s">
         <v>6</v>
       </c>
       <c r="B986" t="s">
         <v>7</v>
       </c>
       <c r="C986" t="s">
         <v>173</v>
       </c>
       <c r="D986" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E986" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F986">
-        <v>5.6</v>
+        <v>5.689</v>
       </c>
     </row>
     <row r="987">
       <c r="A987" t="s">
         <v>6</v>
       </c>
       <c r="B987" t="s">
         <v>7</v>
       </c>
       <c r="C987" t="s">
         <v>173</v>
       </c>
       <c r="D987" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E987" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F987">
         <v>5.6</v>
       </c>
     </row>
     <row r="988">
       <c r="A988" t="s">
         <v>6</v>
       </c>
       <c r="B988" t="s">
         <v>7</v>
       </c>
       <c r="C988" t="s">
         <v>173</v>
       </c>
       <c r="D988" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E988" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F988">
-        <v>4.98</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="989">
       <c r="A989" t="s">
         <v>6</v>
       </c>
       <c r="B989" t="s">
         <v>7</v>
       </c>
       <c r="C989" t="s">
         <v>173</v>
       </c>
       <c r="D989" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E989" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F989">
-        <v>4.69</v>
+        <v>4.98</v>
       </c>
     </row>
     <row r="990">
       <c r="A990" t="s">
         <v>6</v>
       </c>
       <c r="B990" t="s">
         <v>7</v>
       </c>
       <c r="C990" t="s">
         <v>173</v>
       </c>
       <c r="D990" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E990" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F990">
-        <v>4.88</v>
+        <v>4.69</v>
       </c>
     </row>
     <row r="991">
       <c r="A991" t="s">
         <v>6</v>
       </c>
       <c r="B991" t="s">
         <v>7</v>
       </c>
       <c r="C991" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="D991" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E991" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F991">
-        <v>4.335</v>
+        <v>4.88</v>
       </c>
     </row>
     <row r="992">
       <c r="A992" t="s">
         <v>6</v>
       </c>
       <c r="B992" t="s">
         <v>7</v>
       </c>
       <c r="C992" t="s">
         <v>174</v>
       </c>
       <c r="D992" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E992" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F992">
-        <v>4.27564</v>
+        <v>4.335</v>
       </c>
     </row>
     <row r="993">
       <c r="A993" t="s">
         <v>6</v>
       </c>
       <c r="B993" t="s">
         <v>7</v>
       </c>
       <c r="C993" t="s">
         <v>174</v>
       </c>
       <c r="D993" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E993" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F993">
-        <v>4.1</v>
+        <v>4.27564</v>
       </c>
     </row>
     <row r="994">
       <c r="A994" t="s">
         <v>6</v>
       </c>
       <c r="B994" t="s">
         <v>7</v>
       </c>
       <c r="C994" t="s">
         <v>174</v>
       </c>
       <c r="D994" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E994" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F994">
-        <v>3.9</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="995">
       <c r="A995" t="s">
         <v>6</v>
       </c>
       <c r="B995" t="s">
         <v>7</v>
       </c>
       <c r="C995" t="s">
         <v>174</v>
       </c>
       <c r="D995" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E995" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F995">
-        <v>2.93</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="996">
       <c r="A996" t="s">
         <v>6</v>
       </c>
       <c r="B996" t="s">
         <v>7</v>
       </c>
       <c r="C996" t="s">
         <v>174</v>
       </c>
       <c r="D996" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E996" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F996">
-        <v>2.72</v>
+        <v>2.93</v>
       </c>
     </row>
     <row r="997">
       <c r="A997" t="s">
         <v>6</v>
       </c>
       <c r="B997" t="s">
         <v>7</v>
       </c>
       <c r="C997" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="D997" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E997" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F997">
-        <v>4.411</v>
+        <v>2.72</v>
       </c>
     </row>
     <row r="998">
       <c r="A998" t="s">
         <v>6</v>
       </c>
       <c r="B998" t="s">
         <v>7</v>
       </c>
       <c r="C998" t="s">
         <v>175</v>
       </c>
       <c r="D998" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E998" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F998">
-        <v>5.02</v>
+        <v>4.411</v>
       </c>
     </row>
     <row r="999">
       <c r="A999" t="s">
         <v>6</v>
       </c>
       <c r="B999" t="s">
         <v>7</v>
       </c>
       <c r="C999" t="s">
         <v>175</v>
       </c>
       <c r="D999" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E999" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F999">
-        <v>4.9</v>
+        <v>5.02</v>
       </c>
     </row>
     <row r="1000">
       <c r="A1000" t="s">
         <v>6</v>
       </c>
       <c r="B1000" t="s">
         <v>7</v>
       </c>
       <c r="C1000" t="s">
         <v>175</v>
       </c>
       <c r="D1000" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1000" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1000">
-        <v>6</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="1001">
       <c r="A1001" t="s">
         <v>6</v>
       </c>
       <c r="B1001" t="s">
         <v>7</v>
       </c>
       <c r="C1001" t="s">
         <v>175</v>
       </c>
       <c r="D1001" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1001" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1001">
-        <v>5.6</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1002">
       <c r="A1002" t="s">
         <v>6</v>
       </c>
       <c r="B1002" t="s">
         <v>7</v>
       </c>
       <c r="C1002" t="s">
         <v>175</v>
       </c>
       <c r="D1002" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1002" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1002">
-        <v>4.75</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="1003">
       <c r="A1003" t="s">
         <v>6</v>
       </c>
       <c r="B1003" t="s">
         <v>7</v>
       </c>
       <c r="C1003" t="s">
         <v>175</v>
       </c>
       <c r="D1003" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1003" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1003">
-        <v>4.37</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="1004">
       <c r="A1004" t="s">
         <v>6</v>
       </c>
       <c r="B1004" t="s">
         <v>7</v>
       </c>
       <c r="C1004" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="D1004" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1004" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1004">
-        <v>7.36</v>
+        <v>4.37</v>
       </c>
     </row>
     <row r="1005">
       <c r="A1005" t="s">
         <v>6</v>
       </c>
       <c r="B1005" t="s">
         <v>7</v>
       </c>
       <c r="C1005" t="s">
         <v>176</v>
       </c>
       <c r="D1005" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1005" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1005">
-        <v>7.356</v>
+        <v>7.36</v>
       </c>
     </row>
     <row r="1006">
       <c r="A1006" t="s">
         <v>6</v>
       </c>
       <c r="B1006" t="s">
         <v>7</v>
       </c>
       <c r="C1006" t="s">
         <v>176</v>
       </c>
       <c r="D1006" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1006" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1006">
-        <v>7.37484</v>
+        <v>7.356</v>
       </c>
     </row>
     <row r="1007">
       <c r="A1007" t="s">
         <v>6</v>
       </c>
       <c r="B1007" t="s">
         <v>7</v>
       </c>
       <c r="C1007" t="s">
         <v>176</v>
       </c>
       <c r="D1007" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1007" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1007">
-        <v>7.3</v>
+        <v>7.37484</v>
       </c>
     </row>
     <row r="1008">
       <c r="A1008" t="s">
         <v>6</v>
       </c>
       <c r="B1008" t="s">
         <v>7</v>
       </c>
       <c r="C1008" t="s">
         <v>176</v>
       </c>
       <c r="D1008" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1008" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1008">
-        <v>7.1</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="1009">
       <c r="A1009" t="s">
         <v>6</v>
       </c>
       <c r="B1009" t="s">
         <v>7</v>
       </c>
       <c r="C1009" t="s">
         <v>176</v>
       </c>
       <c r="D1009" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1009" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1009">
-        <v>7</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="1010">
       <c r="A1010" t="s">
         <v>6</v>
       </c>
       <c r="B1010" t="s">
         <v>7</v>
       </c>
       <c r="C1010" t="s">
         <v>176</v>
       </c>
       <c r="D1010" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1010" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1010">
-        <v>7.2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1011">
       <c r="A1011" t="s">
         <v>6</v>
       </c>
       <c r="B1011" t="s">
         <v>7</v>
       </c>
       <c r="C1011" t="s">
         <v>176</v>
       </c>
       <c r="D1011" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1011" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1011">
-        <v>7.6</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="1012">
       <c r="A1012" t="s">
         <v>6</v>
       </c>
       <c r="B1012" t="s">
         <v>7</v>
       </c>
       <c r="C1012" t="s">
         <v>176</v>
       </c>
       <c r="D1012" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1012" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1012">
-        <v>7.96</v>
+        <v>7.6</v>
       </c>
     </row>
     <row r="1013">
       <c r="A1013" t="s">
         <v>6</v>
       </c>
       <c r="B1013" t="s">
         <v>7</v>
       </c>
       <c r="C1013" t="s">
         <v>176</v>
       </c>
       <c r="D1013" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1013" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1013">
-        <v>7.46</v>
+        <v>7.96</v>
       </c>
     </row>
     <row r="1014">
       <c r="A1014" t="s">
         <v>6</v>
       </c>
       <c r="B1014" t="s">
         <v>7</v>
       </c>
       <c r="C1014" t="s">
         <v>176</v>
       </c>
       <c r="D1014" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1014" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1014">
-        <v>7.17</v>
+        <v>7.46</v>
       </c>
     </row>
     <row r="1015">
       <c r="A1015" t="s">
         <v>6</v>
       </c>
       <c r="B1015" t="s">
         <v>7</v>
       </c>
       <c r="C1015" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D1015" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1015" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1015">
-        <v>5.228</v>
+        <v>7.17</v>
       </c>
     </row>
     <row r="1016">
       <c r="A1016" t="s">
         <v>6</v>
       </c>
       <c r="B1016" t="s">
         <v>7</v>
       </c>
       <c r="C1016" t="s">
         <v>177</v>
       </c>
       <c r="D1016" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1016" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1016">
-        <v>5.116</v>
+        <v>5.228</v>
       </c>
     </row>
     <row r="1017">
       <c r="A1017" t="s">
         <v>6</v>
       </c>
       <c r="B1017" t="s">
         <v>7</v>
       </c>
       <c r="C1017" t="s">
         <v>177</v>
       </c>
       <c r="D1017" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1017" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1017">
-        <v>5.312</v>
+        <v>5.116</v>
       </c>
     </row>
     <row r="1018">
       <c r="A1018" t="s">
         <v>6</v>
       </c>
       <c r="B1018" t="s">
         <v>7</v>
       </c>
       <c r="C1018" t="s">
         <v>177</v>
       </c>
       <c r="D1018" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1018" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1018">
-        <v>5.69359</v>
+        <v>5.312</v>
       </c>
     </row>
     <row r="1019">
       <c r="A1019" t="s">
         <v>6</v>
       </c>
       <c r="B1019" t="s">
         <v>7</v>
       </c>
       <c r="C1019" t="s">
         <v>177</v>
       </c>
       <c r="D1019" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1019" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1019">
-        <v>5.5</v>
+        <v>5.69359</v>
       </c>
     </row>
     <row r="1020">
       <c r="A1020" t="s">
         <v>6</v>
       </c>
       <c r="B1020" t="s">
         <v>7</v>
       </c>
       <c r="C1020" t="s">
         <v>177</v>
       </c>
       <c r="D1020" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1020" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1020">
-        <v>5.7</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="1021">
       <c r="A1021" t="s">
         <v>6</v>
       </c>
       <c r="B1021" t="s">
         <v>7</v>
       </c>
       <c r="C1021" t="s">
         <v>177</v>
       </c>
       <c r="D1021" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1021" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1021">
-        <v>5.4</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="1022">
       <c r="A1022" t="s">
         <v>6</v>
       </c>
       <c r="B1022" t="s">
         <v>7</v>
       </c>
       <c r="C1022" t="s">
         <v>177</v>
       </c>
       <c r="D1022" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1022" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1022">
-        <v>5.2</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="1023">
       <c r="A1023" t="s">
         <v>6</v>
       </c>
       <c r="B1023" t="s">
         <v>7</v>
       </c>
       <c r="C1023" t="s">
         <v>177</v>
       </c>
       <c r="D1023" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1023" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1023">
-        <v>5.5</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="1024">
       <c r="A1024" t="s">
         <v>6</v>
       </c>
       <c r="B1024" t="s">
         <v>7</v>
       </c>
       <c r="C1024" t="s">
         <v>177</v>
       </c>
       <c r="D1024" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1024" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1024">
-        <v>4.79</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="1025">
       <c r="A1025" t="s">
         <v>6</v>
       </c>
       <c r="B1025" t="s">
         <v>7</v>
       </c>
       <c r="C1025" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="D1025" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E1025" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F1025">
-        <v>6.743</v>
+        <v>4.79</v>
       </c>
     </row>
     <row r="1026">
       <c r="A1026" t="s">
         <v>6</v>
       </c>
       <c r="B1026" t="s">
         <v>7</v>
       </c>
       <c r="C1026" t="s">
         <v>178</v>
       </c>
       <c r="D1026" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1026" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1026">
-        <v>6.716</v>
+        <v>6.743</v>
       </c>
     </row>
     <row r="1027">
       <c r="A1027" t="s">
         <v>6</v>
       </c>
       <c r="B1027" t="s">
         <v>7</v>
       </c>
       <c r="C1027" t="s">
         <v>178</v>
       </c>
       <c r="D1027" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1027" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1027">
-        <v>6.777</v>
+        <v>6.716</v>
       </c>
     </row>
     <row r="1028">
       <c r="A1028" t="s">
         <v>6</v>
       </c>
       <c r="B1028" t="s">
         <v>7</v>
       </c>
       <c r="C1028" t="s">
         <v>178</v>
       </c>
       <c r="D1028" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1028" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1028">
-        <v>6.46033</v>
+        <v>6.777</v>
       </c>
     </row>
     <row r="1029">
       <c r="A1029" t="s">
         <v>6</v>
       </c>
       <c r="B1029" t="s">
         <v>7</v>
       </c>
       <c r="C1029" t="s">
         <v>178</v>
       </c>
       <c r="D1029" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1029" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1029">
-        <v>6.4</v>
+        <v>6.46033</v>
       </c>
     </row>
     <row r="1030">
       <c r="A1030" t="s">
         <v>6</v>
       </c>
       <c r="B1030" t="s">
         <v>7</v>
       </c>
       <c r="C1030" t="s">
         <v>178</v>
       </c>
       <c r="D1030" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1030" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1030">
-        <v>6.6</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1031">
       <c r="A1031" t="s">
         <v>6</v>
       </c>
       <c r="B1031" t="s">
         <v>7</v>
       </c>
       <c r="C1031" t="s">
         <v>178</v>
       </c>
       <c r="D1031" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1031" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1031">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1032">
       <c r="A1032" t="s">
         <v>6</v>
       </c>
       <c r="B1032" t="s">
         <v>7</v>
       </c>
       <c r="C1032" t="s">
         <v>178</v>
       </c>
       <c r="D1032" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1032" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1032">
         <v>6.5</v>
       </c>
     </row>
     <row r="1033">
       <c r="A1033" t="s">
         <v>6</v>
       </c>
       <c r="B1033" t="s">
         <v>7</v>
       </c>
       <c r="C1033" t="s">
         <v>178</v>
       </c>
       <c r="D1033" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1033" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1033">
-        <v>5.6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="1034">
       <c r="A1034" t="s">
         <v>6</v>
       </c>
       <c r="B1034" t="s">
         <v>7</v>
       </c>
       <c r="C1034" t="s">
         <v>178</v>
       </c>
       <c r="D1034" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1034" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1034">
-        <v>7.19</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="1035">
       <c r="A1035" t="s">
         <v>6</v>
       </c>
       <c r="B1035" t="s">
         <v>7</v>
       </c>
       <c r="C1035" t="s">
         <v>178</v>
       </c>
       <c r="D1035" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1035" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1035">
-        <v>7.08</v>
+        <v>7.19</v>
       </c>
     </row>
     <row r="1036">
       <c r="A1036" t="s">
         <v>6</v>
       </c>
       <c r="B1036" t="s">
         <v>7</v>
       </c>
       <c r="C1036" t="s">
         <v>178</v>
       </c>
       <c r="D1036" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1036" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1036">
-        <v>6.71</v>
+        <v>7.08</v>
       </c>
     </row>
     <row r="1037">
       <c r="A1037" t="s">
         <v>6</v>
       </c>
       <c r="B1037" t="s">
         <v>7</v>
       </c>
       <c r="C1037" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="D1037" s="2">
-        <v>42735</v>
+        <v>45291</v>
       </c>
       <c r="E1037" s="3">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="F1037">
-        <v>5.1</v>
+        <v>6.71</v>
       </c>
     </row>
     <row r="1038">
       <c r="A1038" t="s">
         <v>6</v>
       </c>
       <c r="B1038" t="s">
         <v>7</v>
       </c>
       <c r="C1038" t="s">
         <v>179</v>
       </c>
       <c r="D1038" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1038" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1038">
         <v>5.1</v>
       </c>
     </row>
     <row r="1039">
       <c r="A1039" t="s">
         <v>6</v>
       </c>
       <c r="B1039" t="s">
         <v>7</v>
       </c>
       <c r="C1039" t="s">
         <v>179</v>
       </c>
       <c r="D1039" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1039" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1039">
-        <v>4.9</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="1040">
       <c r="A1040" t="s">
         <v>6</v>
       </c>
       <c r="B1040" t="s">
         <v>7</v>
       </c>
       <c r="C1040" t="s">
         <v>179</v>
       </c>
       <c r="D1040" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E1040" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F1040">
-        <v>4.39</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="1041">
       <c r="A1041" t="s">
         <v>6</v>
       </c>
       <c r="B1041" t="s">
         <v>7</v>
       </c>
       <c r="C1041" t="s">
         <v>179</v>
       </c>
       <c r="D1041" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1041" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1041">
-        <v>4.41</v>
+        <v>4.39</v>
       </c>
     </row>
     <row r="1042">
       <c r="A1042" t="s">
         <v>6</v>
       </c>
       <c r="B1042" t="s">
         <v>7</v>
       </c>
       <c r="C1042" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="D1042" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1042" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1042">
-        <v>4.836</v>
+        <v>4.41</v>
       </c>
     </row>
     <row r="1043">
       <c r="A1043" t="s">
         <v>6</v>
       </c>
       <c r="B1043" t="s">
         <v>7</v>
       </c>
       <c r="C1043" t="s">
         <v>180</v>
       </c>
       <c r="D1043" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1043" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1043">
-        <v>4.608</v>
+        <v>4.836</v>
       </c>
     </row>
     <row r="1044">
       <c r="A1044" t="s">
         <v>6</v>
       </c>
       <c r="B1044" t="s">
         <v>7</v>
       </c>
       <c r="C1044" t="s">
         <v>180</v>
       </c>
       <c r="D1044" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1044" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1044">
-        <v>4.94</v>
+        <v>4.608</v>
       </c>
     </row>
     <row r="1045">
       <c r="A1045" t="s">
         <v>6</v>
       </c>
       <c r="B1045" t="s">
         <v>7</v>
       </c>
       <c r="C1045" t="s">
         <v>180</v>
       </c>
       <c r="D1045" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1045" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1045">
-        <v>5.5952</v>
+        <v>4.94</v>
       </c>
     </row>
     <row r="1046">
       <c r="A1046" t="s">
         <v>6</v>
       </c>
       <c r="B1046" t="s">
         <v>7</v>
       </c>
       <c r="C1046" t="s">
         <v>180</v>
       </c>
       <c r="D1046" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1046" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1046">
-        <v>5.6</v>
+        <v>5.5952</v>
       </c>
     </row>
     <row r="1047">
       <c r="A1047" t="s">
         <v>6</v>
       </c>
       <c r="B1047" t="s">
         <v>7</v>
       </c>
       <c r="C1047" t="s">
         <v>180</v>
       </c>
       <c r="D1047" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1047" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1047">
-        <v>5.4</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="1048">
       <c r="A1048" t="s">
         <v>6</v>
       </c>
       <c r="B1048" t="s">
         <v>7</v>
       </c>
       <c r="C1048" t="s">
         <v>180</v>
       </c>
       <c r="D1048" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1048" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1048">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="1049">
       <c r="A1049" t="s">
         <v>6</v>
       </c>
       <c r="B1049" t="s">
         <v>7</v>
       </c>
       <c r="C1049" t="s">
         <v>180</v>
       </c>
       <c r="D1049" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1049" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1049">
-        <v>4.8</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="1050">
       <c r="A1050" t="s">
         <v>6</v>
       </c>
       <c r="B1050" t="s">
         <v>7</v>
       </c>
       <c r="C1050" t="s">
         <v>180</v>
       </c>
       <c r="D1050" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1050" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1050">
-        <v>5.2</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="1051">
       <c r="A1051" t="s">
         <v>6</v>
       </c>
       <c r="B1051" t="s">
         <v>7</v>
       </c>
       <c r="C1051" t="s">
         <v>180</v>
       </c>
       <c r="D1051" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1051" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1051">
-        <v>5.12</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="1052">
       <c r="A1052" t="s">
         <v>6</v>
       </c>
       <c r="B1052" t="s">
         <v>7</v>
       </c>
       <c r="C1052" t="s">
         <v>180</v>
       </c>
       <c r="D1052" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1052" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1052">
-        <v>4.55</v>
+        <v>5.12</v>
       </c>
     </row>
     <row r="1053">
       <c r="A1053" t="s">
         <v>6</v>
       </c>
       <c r="B1053" t="s">
         <v>7</v>
       </c>
       <c r="C1053" t="s">
         <v>180</v>
       </c>
       <c r="D1053" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1053" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1053">
-        <v>3.85</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="1054">
       <c r="A1054" t="s">
         <v>6</v>
       </c>
       <c r="B1054" t="s">
         <v>7</v>
       </c>
       <c r="C1054" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="D1054" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1054" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1054">
-        <v>5.5</v>
+        <v>3.85</v>
       </c>
     </row>
     <row r="1055">
       <c r="A1055" t="s">
         <v>6</v>
       </c>
       <c r="B1055" t="s">
         <v>7</v>
       </c>
       <c r="C1055" t="s">
         <v>181</v>
       </c>
       <c r="D1055" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1055" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1055">
-        <v>5.389</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="1056">
       <c r="A1056" t="s">
         <v>6</v>
       </c>
       <c r="B1056" t="s">
         <v>7</v>
       </c>
       <c r="C1056" t="s">
         <v>181</v>
       </c>
       <c r="D1056" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1056" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1056">
-        <v>5.132</v>
+        <v>5.389</v>
       </c>
     </row>
     <row r="1057">
       <c r="A1057" t="s">
         <v>6</v>
       </c>
       <c r="B1057" t="s">
         <v>7</v>
       </c>
       <c r="C1057" t="s">
         <v>181</v>
       </c>
       <c r="D1057" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1057" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1057">
-        <v>4.8</v>
+        <v>5.132</v>
       </c>
     </row>
     <row r="1058">
       <c r="A1058" t="s">
         <v>6</v>
       </c>
       <c r="B1058" t="s">
         <v>7</v>
       </c>
       <c r="C1058" t="s">
         <v>181</v>
       </c>
       <c r="D1058" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1058" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1058">
-        <v>4.9</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="1059">
       <c r="A1059" t="s">
         <v>6</v>
       </c>
       <c r="B1059" t="s">
         <v>7</v>
       </c>
       <c r="C1059" t="s">
         <v>181</v>
       </c>
       <c r="D1059" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1059" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1059">
-        <v>5</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="1060">
       <c r="A1060" t="s">
         <v>6</v>
       </c>
       <c r="B1060" t="s">
         <v>7</v>
       </c>
       <c r="C1060" t="s">
         <v>181</v>
       </c>
       <c r="D1060" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1060" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1060">
-        <v>5.2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1061">
       <c r="A1061" t="s">
         <v>6</v>
       </c>
       <c r="B1061" t="s">
         <v>7</v>
       </c>
       <c r="C1061" t="s">
         <v>181</v>
       </c>
       <c r="D1061" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1061" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1061">
-        <v>5</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="1062">
       <c r="A1062" t="s">
         <v>6</v>
       </c>
       <c r="B1062" t="s">
         <v>7</v>
       </c>
       <c r="C1062" t="s">
         <v>181</v>
       </c>
       <c r="D1062" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1062" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1062">
-        <v>4.7</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1063">
       <c r="A1063" t="s">
         <v>6</v>
       </c>
       <c r="B1063" t="s">
         <v>7</v>
       </c>
       <c r="C1063" t="s">
         <v>181</v>
       </c>
       <c r="D1063" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1063" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1063">
-        <v>4.79</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="1064">
       <c r="A1064" t="s">
         <v>6</v>
       </c>
       <c r="B1064" t="s">
         <v>7</v>
       </c>
       <c r="C1064" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="D1064" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1064" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1064">
-        <v>4.681</v>
+        <v>4.79</v>
       </c>
     </row>
     <row r="1065">
       <c r="A1065" t="s">
         <v>6</v>
       </c>
       <c r="B1065" t="s">
         <v>7</v>
       </c>
       <c r="C1065" t="s">
         <v>182</v>
       </c>
       <c r="D1065" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1065" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1065">
-        <v>4.864</v>
+        <v>4.681</v>
       </c>
     </row>
     <row r="1066">
       <c r="A1066" t="s">
         <v>6</v>
       </c>
       <c r="B1066" t="s">
         <v>7</v>
       </c>
       <c r="C1066" t="s">
         <v>182</v>
       </c>
       <c r="D1066" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1066" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1066">
-        <v>4.754</v>
+        <v>4.864</v>
       </c>
     </row>
     <row r="1067">
       <c r="A1067" t="s">
         <v>6</v>
       </c>
       <c r="B1067" t="s">
         <v>7</v>
       </c>
       <c r="C1067" t="s">
         <v>182</v>
       </c>
       <c r="D1067" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1067" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1067">
-        <v>4.74075</v>
+        <v>4.754</v>
       </c>
     </row>
     <row r="1068">
       <c r="A1068" t="s">
         <v>6</v>
       </c>
       <c r="B1068" t="s">
         <v>7</v>
       </c>
       <c r="C1068" t="s">
         <v>182</v>
       </c>
       <c r="D1068" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1068" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1068">
-        <v>4.8</v>
+        <v>4.74075</v>
       </c>
     </row>
     <row r="1069">
       <c r="A1069" t="s">
         <v>6</v>
       </c>
       <c r="B1069" t="s">
         <v>7</v>
       </c>
       <c r="C1069" t="s">
         <v>182</v>
       </c>
       <c r="D1069" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1069" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1069">
-        <v>4.5</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="1070">
       <c r="A1070" t="s">
         <v>6</v>
       </c>
       <c r="B1070" t="s">
         <v>7</v>
       </c>
       <c r="C1070" t="s">
         <v>182</v>
       </c>
       <c r="D1070" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1070" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1070">
         <v>4.5</v>
       </c>
     </row>
     <row r="1071">
       <c r="A1071" t="s">
         <v>6</v>
       </c>
       <c r="B1071" t="s">
         <v>7</v>
       </c>
       <c r="C1071" t="s">
         <v>182</v>
       </c>
       <c r="D1071" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1071" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1071">
-        <v>4.48</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="1072">
       <c r="A1072" t="s">
         <v>6</v>
       </c>
       <c r="B1072" t="s">
         <v>7</v>
       </c>
       <c r="C1072" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="D1072" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E1072" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F1072">
-        <v>4.103</v>
+        <v>4.48</v>
       </c>
     </row>
     <row r="1073">
       <c r="A1073" t="s">
         <v>6</v>
       </c>
       <c r="B1073" t="s">
         <v>7</v>
       </c>
       <c r="C1073" t="s">
         <v>183</v>
       </c>
       <c r="D1073" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E1073" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F1073">
-        <v>4.4</v>
+        <v>4.103</v>
       </c>
     </row>
     <row r="1074">
       <c r="A1074" t="s">
         <v>6</v>
       </c>
       <c r="B1074" t="s">
         <v>7</v>
       </c>
       <c r="C1074" t="s">
         <v>183</v>
       </c>
       <c r="D1074" s="2">
-        <v>44196</v>
+        <v>42735</v>
       </c>
       <c r="E1074" s="3">
-        <v>2020</v>
+        <v>2016</v>
       </c>
       <c r="F1074">
-        <v>3.9</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="1075">
       <c r="A1075" t="s">
         <v>6</v>
       </c>
       <c r="B1075" t="s">
         <v>7</v>
       </c>
       <c r="C1075" t="s">
         <v>183</v>
       </c>
       <c r="D1075" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1075" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1075">
-        <v>2.71</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="1076">
       <c r="A1076" t="s">
         <v>6</v>
       </c>
       <c r="B1076" t="s">
         <v>7</v>
       </c>
       <c r="C1076" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="D1076" s="2">
-        <v>43465</v>
+        <v>44926</v>
       </c>
       <c r="E1076" s="3">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F1076">
-        <v>6.4</v>
+        <v>2.71</v>
       </c>
     </row>
     <row r="1077">
       <c r="A1077" t="s">
         <v>6</v>
       </c>
       <c r="B1077" t="s">
         <v>7</v>
       </c>
       <c r="C1077" t="s">
         <v>184</v>
       </c>
       <c r="D1077" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1077" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1077">
-        <v>6.3</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1078">
       <c r="A1078" t="s">
         <v>6</v>
       </c>
       <c r="B1078" t="s">
         <v>7</v>
       </c>
       <c r="C1078" t="s">
         <v>184</v>
       </c>
       <c r="D1078" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1078" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1078">
-        <v>6.69</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="1079">
       <c r="A1079" t="s">
         <v>6</v>
       </c>
       <c r="B1079" t="s">
         <v>7</v>
       </c>
       <c r="C1079" t="s">
         <v>184</v>
       </c>
       <c r="D1079" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1079" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1079">
-        <v>6.02</v>
+        <v>6.69</v>
       </c>
     </row>
     <row r="1080">
       <c r="A1080" t="s">
         <v>6</v>
       </c>
       <c r="B1080" t="s">
         <v>7</v>
       </c>
       <c r="C1080" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="D1080" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1080" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1080">
-        <v>6.622</v>
+        <v>6.02</v>
       </c>
     </row>
     <row r="1081">
       <c r="A1081" t="s">
         <v>6</v>
       </c>
       <c r="B1081" t="s">
         <v>7</v>
       </c>
       <c r="C1081" t="s">
         <v>185</v>
       </c>
       <c r="D1081" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1081" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1081">
-        <v>6.7039</v>
+        <v>6.622</v>
       </c>
     </row>
     <row r="1082">
       <c r="A1082" t="s">
         <v>6</v>
       </c>
       <c r="B1082" t="s">
         <v>7</v>
       </c>
       <c r="C1082" t="s">
         <v>185</v>
       </c>
       <c r="D1082" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1082" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1082">
-        <v>6.5</v>
+        <v>6.7039</v>
       </c>
     </row>
     <row r="1083">
       <c r="A1083" t="s">
         <v>6</v>
       </c>
       <c r="B1083" t="s">
         <v>7</v>
       </c>
       <c r="C1083" t="s">
         <v>185</v>
       </c>
       <c r="D1083" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1083" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1083">
-        <v>6.3</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="1084">
       <c r="A1084" t="s">
         <v>6</v>
       </c>
       <c r="B1084" t="s">
         <v>7</v>
       </c>
       <c r="C1084" t="s">
         <v>185</v>
       </c>
       <c r="D1084" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1084" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1084">
-        <v>6.13</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="1085">
       <c r="A1085" t="s">
         <v>6</v>
       </c>
       <c r="B1085" t="s">
         <v>7</v>
       </c>
       <c r="C1085" t="s">
         <v>185</v>
       </c>
       <c r="D1085" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1085" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1085">
-        <v>7.2</v>
+        <v>6.13</v>
       </c>
     </row>
     <row r="1086">
       <c r="A1086" t="s">
         <v>6</v>
       </c>
       <c r="B1086" t="s">
         <v>7</v>
       </c>
       <c r="C1086" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="D1086" s="2">
-        <v>42735</v>
+        <v>45291</v>
       </c>
       <c r="E1086" s="3">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="F1086">
-        <v>3.8</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="1087">
       <c r="A1087" t="s">
         <v>6</v>
       </c>
       <c r="B1087" t="s">
         <v>7</v>
       </c>
       <c r="C1087" t="s">
         <v>186</v>
       </c>
       <c r="D1087" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1087" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1087">
-        <v>3.6</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="1088">
       <c r="A1088" t="s">
         <v>6</v>
       </c>
       <c r="B1088" t="s">
         <v>7</v>
       </c>
       <c r="C1088" t="s">
         <v>186</v>
       </c>
       <c r="D1088" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1088" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1088">
-        <v>4</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="1089">
       <c r="A1089" t="s">
         <v>6</v>
       </c>
       <c r="B1089" t="s">
         <v>7</v>
       </c>
       <c r="C1089" t="s">
         <v>186</v>
       </c>
       <c r="D1089" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1089" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1089">
-        <v>3.14</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1090">
       <c r="A1090" t="s">
         <v>6</v>
       </c>
       <c r="B1090" t="s">
         <v>7</v>
       </c>
       <c r="C1090" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D1090" s="2">
-        <v>42004</v>
+        <v>44926</v>
       </c>
       <c r="E1090" s="3">
-        <v>2014</v>
+        <v>2022</v>
       </c>
       <c r="F1090">
-        <v>3.021</v>
+        <v>3.14</v>
       </c>
     </row>
     <row r="1091">
       <c r="A1091" t="s">
         <v>6</v>
       </c>
       <c r="B1091" t="s">
         <v>7</v>
       </c>
       <c r="C1091" t="s">
         <v>187</v>
       </c>
       <c r="D1091" s="2">
-        <v>44926</v>
+        <v>42004</v>
       </c>
       <c r="E1091" s="3">
-        <v>2022</v>
+        <v>2014</v>
       </c>
       <c r="F1091">
-        <v>2.06</v>
+        <v>3.021</v>
       </c>
     </row>
     <row r="1092">
       <c r="A1092" t="s">
         <v>6</v>
       </c>
       <c r="B1092" t="s">
         <v>7</v>
       </c>
       <c r="C1092" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="D1092" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E1092" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F1092">
-        <v>7.434</v>
+        <v>2.06</v>
       </c>
     </row>
     <row r="1093">
       <c r="A1093" t="s">
         <v>6</v>
       </c>
       <c r="B1093" t="s">
         <v>7</v>
       </c>
       <c r="C1093" t="s">
         <v>188</v>
       </c>
       <c r="D1093" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1093" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1093">
-        <v>7.398</v>
+        <v>7.434</v>
       </c>
     </row>
     <row r="1094">
       <c r="A1094" t="s">
         <v>6</v>
       </c>
       <c r="B1094" t="s">
         <v>7</v>
       </c>
       <c r="C1094" t="s">
         <v>188</v>
       </c>
       <c r="D1094" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1094" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1094">
-        <v>7.5</v>
+        <v>7.398</v>
       </c>
     </row>
     <row r="1095">
       <c r="A1095" t="s">
         <v>6</v>
       </c>
       <c r="B1095" t="s">
         <v>7</v>
       </c>
       <c r="C1095" t="s">
         <v>188</v>
       </c>
       <c r="D1095" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1095" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1095">
-        <v>7.4</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="1096">
       <c r="A1096" t="s">
         <v>6</v>
       </c>
       <c r="B1096" t="s">
         <v>7</v>
       </c>
       <c r="C1096" t="s">
         <v>188</v>
       </c>
       <c r="D1096" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1096" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1096">
         <v>7.4</v>
       </c>
     </row>
     <row r="1097">
       <c r="A1097" t="s">
         <v>6</v>
       </c>
       <c r="B1097" t="s">
         <v>7</v>
       </c>
       <c r="C1097" t="s">
         <v>188</v>
       </c>
       <c r="D1097" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1097" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1097">
-        <v>8.53</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="1098">
       <c r="A1098" t="s">
         <v>6</v>
       </c>
       <c r="B1098" t="s">
         <v>7</v>
       </c>
       <c r="C1098" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D1098" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E1098" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F1098">
-        <v>8.13</v>
+        <v>8.53</v>
       </c>
     </row>
     <row r="1099">
       <c r="A1099" t="s">
         <v>6</v>
       </c>
       <c r="B1099" t="s">
         <v>7</v>
       </c>
       <c r="C1099" t="s">
         <v>189</v>
       </c>
       <c r="D1099" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1099" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1099">
-        <v>8.163</v>
+        <v>8.13</v>
       </c>
     </row>
     <row r="1100">
       <c r="A1100" t="s">
         <v>6</v>
       </c>
       <c r="B1100" t="s">
         <v>7</v>
       </c>
       <c r="C1100" t="s">
         <v>189</v>
       </c>
       <c r="D1100" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1100" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1100">
-        <v>8.262</v>
+        <v>8.163</v>
       </c>
     </row>
     <row r="1101">
       <c r="A1101" t="s">
         <v>6</v>
       </c>
       <c r="B1101" t="s">
         <v>7</v>
       </c>
       <c r="C1101" t="s">
         <v>189</v>
       </c>
       <c r="D1101" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1101" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1101">
-        <v>8.29367</v>
+        <v>8.262</v>
       </c>
     </row>
     <row r="1102">
       <c r="A1102" t="s">
         <v>6</v>
       </c>
       <c r="B1102" t="s">
         <v>7</v>
       </c>
       <c r="C1102" t="s">
         <v>189</v>
       </c>
       <c r="D1102" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1102" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1102">
-        <v>8.5</v>
+        <v>8.29367</v>
       </c>
     </row>
     <row r="1103">
       <c r="A1103" t="s">
         <v>6</v>
       </c>
       <c r="B1103" t="s">
         <v>7</v>
       </c>
       <c r="C1103" t="s">
         <v>189</v>
       </c>
       <c r="D1103" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1103" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1103">
         <v>8.5</v>
       </c>
     </row>
     <row r="1104">
       <c r="A1104" t="s">
         <v>6</v>
       </c>
       <c r="B1104" t="s">
         <v>7</v>
       </c>
       <c r="C1104" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D1104" s="2">
         <v>43100</v>
       </c>
       <c r="E1104" s="3">
         <v>2017</v>
       </c>
       <c r="F1104">
-        <v>2.7</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="1105">
       <c r="A1105" t="s">
         <v>6</v>
       </c>
       <c r="B1105" t="s">
         <v>7</v>
       </c>
       <c r="C1105" t="s">
         <v>190</v>
       </c>
       <c r="D1105" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E1105" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F1105">
-        <v>2.5</v>
+        <v>2.7</v>
       </c>
     </row>
     <row r="1106">
       <c r="A1106" t="s">
         <v>6</v>
       </c>
       <c r="B1106" t="s">
         <v>7</v>
       </c>
       <c r="C1106" t="s">
         <v>190</v>
       </c>
       <c r="D1106" s="2">
-        <v>45291</v>
+        <v>44196</v>
       </c>
       <c r="E1106" s="3">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="F1106">
-        <v>0.91</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="1107">
       <c r="A1107" t="s">
         <v>6</v>
       </c>
       <c r="B1107" t="s">
         <v>7</v>
       </c>
       <c r="C1107" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D1107" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1107" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1107">
-        <v>4.163</v>
+        <v>0.91</v>
       </c>
     </row>
     <row r="1108">
       <c r="A1108" t="s">
         <v>6</v>
       </c>
       <c r="B1108" t="s">
         <v>7</v>
       </c>
       <c r="C1108" t="s">
         <v>191</v>
       </c>
       <c r="D1108" s="2">
-        <v>45291</v>
+        <v>41274</v>
       </c>
       <c r="E1108" s="3">
-        <v>2023</v>
+        <v>2012</v>
       </c>
       <c r="F1108">
-        <v>3.65</v>
+        <v>4.163</v>
       </c>
     </row>
     <row r="1109">
       <c r="A1109" t="s">
         <v>6</v>
       </c>
       <c r="B1109" t="s">
         <v>7</v>
       </c>
       <c r="C1109" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="D1109" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1109" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1109">
-        <v>7.103</v>
+        <v>3.65</v>
       </c>
     </row>
     <row r="1110">
       <c r="A1110" t="s">
         <v>6</v>
       </c>
       <c r="B1110" t="s">
         <v>7</v>
       </c>
       <c r="C1110" t="s">
         <v>192</v>
       </c>
       <c r="D1110" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1110" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1110">
-        <v>6.892</v>
+        <v>7.103</v>
       </c>
     </row>
     <row r="1111">
       <c r="A1111" t="s">
         <v>6</v>
       </c>
       <c r="B1111" t="s">
         <v>7</v>
       </c>
       <c r="C1111" t="s">
         <v>192</v>
       </c>
       <c r="D1111" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1111" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1111">
-        <v>7.035</v>
+        <v>6.892</v>
       </c>
     </row>
     <row r="1112">
       <c r="A1112" t="s">
         <v>6</v>
       </c>
       <c r="B1112" t="s">
         <v>7</v>
       </c>
       <c r="C1112" t="s">
         <v>192</v>
       </c>
       <c r="D1112" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1112" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1112">
-        <v>7.17937</v>
+        <v>7.035</v>
       </c>
     </row>
     <row r="1113">
       <c r="A1113" t="s">
         <v>6</v>
       </c>
       <c r="B1113" t="s">
         <v>7</v>
       </c>
       <c r="C1113" t="s">
         <v>192</v>
       </c>
       <c r="D1113" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1113" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1113">
-        <v>7.2</v>
+        <v>7.17937</v>
       </c>
     </row>
     <row r="1114">
       <c r="A1114" t="s">
         <v>6</v>
       </c>
       <c r="B1114" t="s">
         <v>7</v>
       </c>
       <c r="C1114" t="s">
         <v>192</v>
       </c>
       <c r="D1114" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1114" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1114">
-        <v>7</v>
+        <v>7.2</v>
       </c>
     </row>
     <row r="1115">
       <c r="A1115" t="s">
         <v>6</v>
       </c>
       <c r="B1115" t="s">
         <v>7</v>
       </c>
       <c r="C1115" t="s">
         <v>192</v>
       </c>
       <c r="D1115" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1115" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1115">
         <v>7</v>
       </c>
     </row>
     <row r="1116">
       <c r="A1116" t="s">
         <v>6</v>
       </c>
       <c r="B1116" t="s">
         <v>7</v>
       </c>
       <c r="C1116" t="s">
         <v>192</v>
       </c>
       <c r="D1116" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1116" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1116">
         <v>7</v>
       </c>
     </row>
     <row r="1117">
       <c r="A1117" t="s">
         <v>6</v>
       </c>
       <c r="B1117" t="s">
         <v>7</v>
       </c>
       <c r="C1117" t="s">
         <v>192</v>
       </c>
       <c r="D1117" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1117" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1117">
-        <v>6.9</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1118">
       <c r="A1118" t="s">
         <v>6</v>
       </c>
       <c r="B1118" t="s">
         <v>7</v>
       </c>
       <c r="C1118" t="s">
         <v>192</v>
       </c>
       <c r="D1118" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1118" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1118">
-        <v>7.53</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="1119">
       <c r="A1119" t="s">
         <v>6</v>
       </c>
       <c r="B1119" t="s">
         <v>7</v>
       </c>
       <c r="C1119" t="s">
         <v>192</v>
       </c>
       <c r="D1119" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1119" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1119">
-        <v>7.67</v>
+        <v>7.53</v>
       </c>
     </row>
     <row r="1120">
       <c r="A1120" t="s">
         <v>6</v>
       </c>
       <c r="B1120" t="s">
         <v>7</v>
       </c>
       <c r="C1120" t="s">
         <v>192</v>
       </c>
       <c r="D1120" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1120" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1120">
-        <v>8.12</v>
+        <v>7.67</v>
       </c>
     </row>
     <row r="1121">
       <c r="A1121" t="s">
         <v>6</v>
       </c>
       <c r="B1121" t="s">
         <v>7</v>
       </c>
       <c r="C1121" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="D1121" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1121" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1121">
-        <v>6.27</v>
+        <v>8.12</v>
       </c>
     </row>
     <row r="1122">
       <c r="A1122" t="s">
         <v>6</v>
       </c>
       <c r="B1122" t="s">
         <v>7</v>
       </c>
       <c r="C1122" t="s">
         <v>193</v>
       </c>
       <c r="D1122" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1122" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1122">
-        <v>6.25736</v>
+        <v>6.27</v>
       </c>
     </row>
     <row r="1123">
       <c r="A1123" t="s">
         <v>6</v>
       </c>
       <c r="B1123" t="s">
         <v>7</v>
       </c>
       <c r="C1123" t="s">
         <v>193</v>
       </c>
       <c r="D1123" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E1123" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F1123">
-        <v>6</v>
+        <v>6.25736</v>
       </c>
     </row>
     <row r="1124">
       <c r="A1124" t="s">
         <v>6</v>
       </c>
       <c r="B1124" t="s">
         <v>7</v>
       </c>
       <c r="C1124" t="s">
         <v>193</v>
       </c>
       <c r="D1124" s="2">
-        <v>44926</v>
+        <v>43465</v>
       </c>
       <c r="E1124" s="3">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F1124">
-        <v>6.37</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1125">
       <c r="A1125" t="s">
         <v>6</v>
       </c>
       <c r="B1125" t="s">
         <v>7</v>
       </c>
       <c r="C1125" t="s">
-        <v>194</v>
+        <v>193</v>
       </c>
       <c r="D1125" s="2">
-        <v>43465</v>
+        <v>44926</v>
       </c>
       <c r="E1125" s="3">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F1125">
-        <v>4.4</v>
+        <v>6.37</v>
       </c>
     </row>
     <row r="1126">
       <c r="A1126" t="s">
         <v>6</v>
       </c>
       <c r="B1126" t="s">
         <v>7</v>
       </c>
       <c r="C1126" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="D1126" s="2">
-        <v>42369</v>
+        <v>43465</v>
       </c>
       <c r="E1126" s="3">
-        <v>2015</v>
+        <v>2018</v>
       </c>
       <c r="F1126">
-        <v>3.38858</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="1127">
       <c r="A1127" t="s">
         <v>6</v>
       </c>
       <c r="B1127" t="s">
         <v>7</v>
       </c>
       <c r="C1127" t="s">
         <v>195</v>
       </c>
       <c r="D1127" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1127" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1127">
-        <v>3.3</v>
+        <v>3.38858</v>
       </c>
     </row>
     <row r="1128">
       <c r="A1128" t="s">
         <v>6</v>
       </c>
       <c r="B1128" t="s">
         <v>7</v>
       </c>
       <c r="C1128" t="s">
         <v>195</v>
       </c>
       <c r="D1128" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1128" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1128">
-        <v>3.1</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="1129">
       <c r="A1129" t="s">
         <v>6</v>
       </c>
       <c r="B1129" t="s">
         <v>7</v>
       </c>
       <c r="C1129" t="s">
         <v>195</v>
       </c>
       <c r="D1129" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1129" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1129">
-        <v>1.36</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="1130">
       <c r="A1130" t="s">
         <v>6</v>
       </c>
       <c r="B1130" t="s">
         <v>7</v>
       </c>
       <c r="C1130" t="s">
         <v>195</v>
       </c>
       <c r="D1130" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1130" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1130">
-        <v>1.83</v>
+        <v>1.36</v>
       </c>
     </row>
     <row r="1131">
       <c r="A1131" t="s">
         <v>6</v>
       </c>
       <c r="B1131" t="s">
         <v>7</v>
       </c>
       <c r="C1131" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="D1131" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1131" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1131">
-        <v>4.444</v>
+        <v>1.83</v>
       </c>
     </row>
     <row r="1132">
       <c r="A1132" t="s">
         <v>6</v>
       </c>
       <c r="B1132" t="s">
         <v>7</v>
       </c>
       <c r="C1132" t="s">
         <v>196</v>
       </c>
       <c r="D1132" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1132" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1132">
-        <v>4.848</v>
+        <v>4.444</v>
       </c>
     </row>
     <row r="1133">
       <c r="A1133" t="s">
         <v>6</v>
       </c>
       <c r="B1133" t="s">
         <v>7</v>
       </c>
       <c r="C1133" t="s">
         <v>196</v>
       </c>
       <c r="D1133" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1133" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1133">
-        <v>4.76</v>
+        <v>4.848</v>
       </c>
     </row>
     <row r="1134">
       <c r="A1134" t="s">
         <v>6</v>
       </c>
       <c r="B1134" t="s">
         <v>7</v>
       </c>
       <c r="C1134" t="s">
         <v>196</v>
       </c>
       <c r="D1134" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1134" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1134">
-        <v>5.1</v>
+        <v>4.76</v>
       </c>
     </row>
     <row r="1135">
       <c r="A1135" t="s">
         <v>6</v>
       </c>
       <c r="B1135" t="s">
         <v>7</v>
       </c>
       <c r="C1135" t="s">
         <v>196</v>
       </c>
       <c r="D1135" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1135" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1135">
-        <v>5.2</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="1136">
       <c r="A1136" t="s">
         <v>6</v>
       </c>
       <c r="B1136" t="s">
         <v>7</v>
       </c>
       <c r="C1136" t="s">
         <v>196</v>
       </c>
       <c r="D1136" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1136" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1136">
-        <v>5.3</v>
+        <v>5.2</v>
       </c>
     </row>
     <row r="1137">
       <c r="A1137" t="s">
         <v>6</v>
       </c>
       <c r="B1137" t="s">
         <v>7</v>
       </c>
       <c r="C1137" t="s">
         <v>196</v>
       </c>
       <c r="D1137" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E1137" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F1137">
-        <v>4.73</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="1138">
       <c r="A1138" t="s">
         <v>6</v>
       </c>
       <c r="B1138" t="s">
         <v>7</v>
       </c>
       <c r="C1138" t="s">
         <v>196</v>
       </c>
       <c r="D1138" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1138" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1138">
-        <v>4.49</v>
+        <v>4.73</v>
       </c>
     </row>
     <row r="1139">
       <c r="A1139" t="s">
         <v>6</v>
       </c>
       <c r="B1139" t="s">
         <v>7</v>
       </c>
       <c r="C1139" t="s">
         <v>196</v>
       </c>
       <c r="D1139" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1139" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1139">
-        <v>5.13</v>
+        <v>4.49</v>
       </c>
     </row>
     <row r="1140">
       <c r="A1140" t="s">
         <v>6</v>
       </c>
       <c r="B1140" t="s">
         <v>7</v>
       </c>
       <c r="C1140" t="s">
-        <v>197</v>
+        <v>196</v>
       </c>
       <c r="D1140" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1140" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1140">
-        <v>4.725</v>
+        <v>5.13</v>
       </c>
     </row>
     <row r="1141">
       <c r="A1141" t="s">
         <v>6</v>
       </c>
       <c r="B1141" t="s">
         <v>7</v>
       </c>
       <c r="C1141" t="s">
         <v>197</v>
       </c>
       <c r="D1141" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1141" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1141">
-        <v>4.367</v>
+        <v>4.725</v>
       </c>
     </row>
     <row r="1142">
       <c r="A1142" t="s">
         <v>6</v>
       </c>
       <c r="B1142" t="s">
         <v>7</v>
       </c>
       <c r="C1142" t="s">
         <v>197</v>
       </c>
       <c r="D1142" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1142" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1142">
-        <v>4</v>
+        <v>4.367</v>
       </c>
     </row>
     <row r="1143">
       <c r="A1143" t="s">
         <v>6</v>
       </c>
       <c r="B1143" t="s">
         <v>7</v>
       </c>
       <c r="C1143" t="s">
         <v>197</v>
       </c>
       <c r="D1143" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1143" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1143">
         <v>4</v>
       </c>
     </row>
     <row r="1144">
       <c r="A1144" t="s">
         <v>6</v>
       </c>
       <c r="B1144" t="s">
         <v>7</v>
       </c>
       <c r="C1144" t="s">
         <v>197</v>
       </c>
       <c r="D1144" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1144" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1144">
-        <v>4.5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1145">
       <c r="A1145" t="s">
         <v>6</v>
       </c>
       <c r="B1145" t="s">
         <v>7</v>
       </c>
       <c r="C1145" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="D1145" s="2">
-        <v>41274</v>
+        <v>44196</v>
       </c>
       <c r="E1145" s="3">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="F1145">
-        <v>3.176</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="1146">
       <c r="A1146" t="s">
         <v>6</v>
       </c>
       <c r="B1146" t="s">
         <v>7</v>
       </c>
       <c r="C1146" t="s">
         <v>198</v>
       </c>
       <c r="D1146" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1146" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1146">
-        <v>3.003</v>
+        <v>3.176</v>
       </c>
     </row>
     <row r="1147">
       <c r="A1147" t="s">
         <v>6</v>
       </c>
       <c r="B1147" t="s">
         <v>7</v>
       </c>
       <c r="C1147" t="s">
         <v>198</v>
       </c>
       <c r="D1147" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1147" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1147">
-        <v>3.2</v>
+        <v>3.003</v>
       </c>
     </row>
     <row r="1148">
       <c r="A1148" t="s">
         <v>6</v>
       </c>
       <c r="B1148" t="s">
         <v>7</v>
       </c>
       <c r="C1148" t="s">
         <v>198</v>
       </c>
       <c r="D1148" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1148" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1148">
-        <v>2.9</v>
+        <v>3.2</v>
       </c>
     </row>
     <row r="1149">
       <c r="A1149" t="s">
         <v>6</v>
       </c>
       <c r="B1149" t="s">
         <v>7</v>
       </c>
       <c r="C1149" t="s">
         <v>198</v>
       </c>
       <c r="D1149" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1149" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1149">
         <v>2.9</v>
       </c>
     </row>
     <row r="1150">
       <c r="A1150" t="s">
         <v>6</v>
       </c>
       <c r="B1150" t="s">
         <v>7</v>
       </c>
       <c r="C1150" t="s">
         <v>198</v>
       </c>
       <c r="D1150" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1150" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1150">
-        <v>1.55</v>
+        <v>2.9</v>
       </c>
     </row>
     <row r="1151">
       <c r="A1151" t="s">
         <v>6</v>
       </c>
       <c r="B1151" t="s">
         <v>7</v>
       </c>
       <c r="C1151" t="s">
-        <v>199</v>
+        <v>198</v>
       </c>
       <c r="D1151" s="2">
-        <v>43465</v>
+        <v>44926</v>
       </c>
       <c r="E1151" s="3">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F1151">
-        <v>8.5</v>
+        <v>1.55</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" t="s">
         <v>6</v>
       </c>
       <c r="B1152" t="s">
         <v>7</v>
       </c>
       <c r="C1152" t="s">
         <v>199</v>
       </c>
       <c r="D1152" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1152" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1152">
-        <v>8.3</v>
+        <v>8.5</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" t="s">
         <v>6</v>
       </c>
       <c r="B1153" t="s">
         <v>7</v>
       </c>
       <c r="C1153" t="s">
         <v>199</v>
       </c>
       <c r="D1153" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1153" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1153">
-        <v>8.87</v>
+        <v>8.3</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" t="s">
         <v>6</v>
       </c>
       <c r="B1154" t="s">
         <v>7</v>
       </c>
       <c r="C1154" t="s">
         <v>199</v>
       </c>
       <c r="D1154" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1154" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1154">
-        <v>8.71</v>
+        <v>8.87</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" t="s">
         <v>6</v>
       </c>
       <c r="B1155" t="s">
         <v>7</v>
       </c>
       <c r="C1155" t="s">
         <v>199</v>
       </c>
       <c r="D1155" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1155" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1155">
-        <v>8.54</v>
+        <v>8.71</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" t="s">
         <v>6</v>
       </c>
       <c r="B1156" t="s">
         <v>7</v>
       </c>
       <c r="C1156" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="D1156" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1156" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1156">
-        <v>5.921</v>
+        <v>8.54</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" t="s">
         <v>6</v>
       </c>
       <c r="B1157" t="s">
         <v>7</v>
       </c>
       <c r="C1157" t="s">
         <v>200</v>
       </c>
       <c r="D1157" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1157" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1157">
-        <v>5.654</v>
+        <v>5.921</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" t="s">
         <v>6</v>
       </c>
       <c r="B1158" t="s">
         <v>7</v>
       </c>
       <c r="C1158" t="s">
         <v>200</v>
       </c>
       <c r="D1158" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1158" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1158">
-        <v>5.474</v>
+        <v>5.654</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" t="s">
         <v>6</v>
       </c>
       <c r="B1159" t="s">
         <v>7</v>
       </c>
       <c r="C1159" t="s">
         <v>200</v>
       </c>
       <c r="D1159" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1159" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1159">
-        <v>5.77288</v>
+        <v>5.474</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" t="s">
         <v>6</v>
       </c>
       <c r="B1160" t="s">
         <v>7</v>
       </c>
       <c r="C1160" t="s">
         <v>200</v>
       </c>
       <c r="D1160" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1160" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1160">
-        <v>5.4</v>
+        <v>5.77288</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" t="s">
         <v>6</v>
       </c>
       <c r="B1161" t="s">
         <v>7</v>
       </c>
       <c r="C1161" t="s">
         <v>200</v>
       </c>
       <c r="D1161" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1161" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1161">
-        <v>5.3</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" t="s">
         <v>6</v>
       </c>
       <c r="B1162" t="s">
         <v>7</v>
       </c>
       <c r="C1162" t="s">
         <v>200</v>
       </c>
       <c r="D1162" s="2">
-        <v>44561</v>
+        <v>43100</v>
       </c>
       <c r="E1162" s="3">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="F1162">
-        <v>5.81</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" t="s">
         <v>6</v>
       </c>
       <c r="B1163" t="s">
         <v>7</v>
       </c>
       <c r="C1163" t="s">
         <v>200</v>
       </c>
       <c r="D1163" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1163" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1163">
-        <v>5.48</v>
+        <v>5.81</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" t="s">
         <v>6</v>
       </c>
       <c r="B1164" t="s">
         <v>7</v>
       </c>
       <c r="C1164" t="s">
         <v>200</v>
       </c>
       <c r="D1164" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1164" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1164">
-        <v>5.69</v>
+        <v>5.48</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" t="s">
         <v>6</v>
       </c>
       <c r="B1165" t="s">
         <v>7</v>
       </c>
       <c r="C1165" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="D1165" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1165" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1165">
-        <v>3.778</v>
+        <v>5.69</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" t="s">
         <v>6</v>
       </c>
       <c r="B1166" t="s">
         <v>7</v>
       </c>
       <c r="C1166" t="s">
         <v>201</v>
       </c>
       <c r="D1166" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1166" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1166">
-        <v>4.12</v>
+        <v>3.778</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" t="s">
         <v>6</v>
       </c>
       <c r="B1167" t="s">
         <v>7</v>
       </c>
       <c r="C1167" t="s">
         <v>201</v>
       </c>
       <c r="D1167" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1167" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1167">
-        <v>4.2</v>
+        <v>4.12</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" t="s">
         <v>6</v>
       </c>
       <c r="B1168" t="s">
         <v>7</v>
       </c>
       <c r="C1168" t="s">
         <v>201</v>
       </c>
       <c r="D1168" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1168" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1168">
-        <v>3.5</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" t="s">
         <v>6</v>
       </c>
       <c r="B1169" t="s">
         <v>7</v>
       </c>
       <c r="C1169" t="s">
         <v>201</v>
       </c>
       <c r="D1169" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1169" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1169">
-        <v>4</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" t="s">
         <v>6</v>
       </c>
       <c r="B1170" t="s">
         <v>7</v>
       </c>
       <c r="C1170" t="s">
         <v>201</v>
       </c>
       <c r="D1170" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1170" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1170">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" t="s">
         <v>6</v>
       </c>
       <c r="B1171" t="s">
         <v>7</v>
       </c>
       <c r="C1171" t="s">
         <v>201</v>
       </c>
       <c r="D1171" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1171" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1171">
-        <v>2.58</v>
+        <v>2</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" t="s">
         <v>6</v>
       </c>
       <c r="B1172" t="s">
         <v>7</v>
       </c>
       <c r="C1172" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="D1172" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1172" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1172">
-        <v>4.953</v>
+        <v>2.58</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" t="s">
         <v>6</v>
       </c>
       <c r="B1173" t="s">
         <v>7</v>
       </c>
       <c r="C1173" t="s">
         <v>202</v>
       </c>
       <c r="D1173" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1173" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1173">
-        <v>4.92</v>
+        <v>4.953</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" t="s">
         <v>6</v>
       </c>
       <c r="B1174" t="s">
         <v>7</v>
       </c>
       <c r="C1174" t="s">
         <v>202</v>
       </c>
       <c r="D1174" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1174" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1174">
-        <v>4.791</v>
+        <v>4.92</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" t="s">
         <v>6</v>
       </c>
       <c r="B1175" t="s">
         <v>7</v>
       </c>
       <c r="C1175" t="s">
         <v>202</v>
       </c>
       <c r="D1175" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1175" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1175">
-        <v>5.31307</v>
+        <v>4.791</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" t="s">
         <v>6</v>
       </c>
       <c r="B1176" t="s">
         <v>7</v>
       </c>
       <c r="C1176" t="s">
         <v>202</v>
       </c>
       <c r="D1176" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1176" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1176">
-        <v>4.7</v>
+        <v>5.31307</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" t="s">
         <v>6</v>
       </c>
       <c r="B1177" t="s">
         <v>7</v>
       </c>
       <c r="C1177" t="s">
         <v>202</v>
       </c>
       <c r="D1177" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1177" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1177">
-        <v>4.8</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" t="s">
         <v>6</v>
       </c>
       <c r="B1178" t="s">
         <v>7</v>
       </c>
       <c r="C1178" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="D1178" s="2">
-        <v>41639</v>
+        <v>43100</v>
       </c>
       <c r="E1178" s="3">
-        <v>2013</v>
+        <v>2017</v>
       </c>
       <c r="F1178">
-        <v>6.99</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" t="s">
         <v>6</v>
       </c>
       <c r="B1179" t="s">
         <v>7</v>
       </c>
       <c r="C1179" t="s">
         <v>203</v>
       </c>
       <c r="D1179" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1179" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1179">
-        <v>7.2712</v>
+        <v>6.99</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" t="s">
         <v>6</v>
       </c>
       <c r="B1180" t="s">
         <v>7</v>
       </c>
       <c r="C1180" t="s">
         <v>203</v>
       </c>
       <c r="D1180" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1180" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1180">
-        <v>7.3</v>
+        <v>7.2712</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" t="s">
         <v>6</v>
       </c>
       <c r="B1181" t="s">
         <v>7</v>
       </c>
       <c r="C1181" t="s">
         <v>203</v>
       </c>
       <c r="D1181" s="2">
-        <v>44561</v>
+        <v>43100</v>
       </c>
       <c r="E1181" s="3">
-        <v>2021</v>
+        <v>2017</v>
       </c>
       <c r="F1181">
-        <v>7.22</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" t="s">
         <v>6</v>
       </c>
       <c r="B1182" t="s">
         <v>7</v>
       </c>
       <c r="C1182" t="s">
         <v>203</v>
       </c>
       <c r="D1182" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1182" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1182">
-        <v>6.74</v>
+        <v>7.22</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" t="s">
         <v>6</v>
       </c>
       <c r="B1183" t="s">
         <v>7</v>
       </c>
       <c r="C1183" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="D1183" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1183" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1183">
-        <v>4.084</v>
+        <v>6.74</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" t="s">
         <v>6</v>
       </c>
       <c r="B1184" t="s">
         <v>7</v>
       </c>
       <c r="C1184" t="s">
         <v>204</v>
       </c>
       <c r="D1184" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1184" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1184">
-        <v>4.04551</v>
+        <v>4.084</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" t="s">
         <v>6</v>
       </c>
       <c r="B1185" t="s">
         <v>7</v>
       </c>
       <c r="C1185" t="s">
         <v>204</v>
       </c>
       <c r="D1185" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1185" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1185">
-        <v>4.3</v>
+        <v>4.04551</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" t="s">
         <v>6</v>
       </c>
       <c r="B1186" t="s">
         <v>7</v>
       </c>
       <c r="C1186" t="s">
         <v>204</v>
       </c>
       <c r="D1186" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E1186" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F1186">
-        <v>4.1</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" t="s">
         <v>6</v>
       </c>
       <c r="B1187" t="s">
         <v>7</v>
       </c>
       <c r="C1187" t="s">
         <v>204</v>
       </c>
       <c r="D1187" s="2">
-        <v>45291</v>
+        <v>44196</v>
       </c>
       <c r="E1187" s="3">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="F1187">
-        <v>4.05</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" t="s">
         <v>6</v>
       </c>
       <c r="B1188" t="s">
         <v>7</v>
       </c>
       <c r="C1188" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="D1188" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1188" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1188">
-        <v>4.101</v>
+        <v>4.05</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" t="s">
         <v>6</v>
       </c>
       <c r="B1189" t="s">
         <v>7</v>
       </c>
       <c r="C1189" t="s">
         <v>205</v>
       </c>
       <c r="D1189" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1189" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1189">
-        <v>4.03</v>
+        <v>4.101</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" t="s">
         <v>6</v>
       </c>
       <c r="B1190" t="s">
         <v>7</v>
       </c>
       <c r="C1190" t="s">
         <v>205</v>
       </c>
       <c r="D1190" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1190" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1190">
-        <v>4.22921</v>
+        <v>4.03</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" t="s">
         <v>6</v>
       </c>
       <c r="B1191" t="s">
         <v>7</v>
       </c>
       <c r="C1191" t="s">
         <v>205</v>
       </c>
       <c r="D1191" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1191" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1191">
-        <v>4.6</v>
+        <v>4.22921</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" t="s">
         <v>6</v>
       </c>
       <c r="B1192" t="s">
         <v>7</v>
       </c>
       <c r="C1192" t="s">
         <v>205</v>
       </c>
       <c r="D1192" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1192" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1192">
-        <v>4.8</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" t="s">
         <v>6</v>
       </c>
       <c r="B1193" t="s">
         <v>7</v>
       </c>
       <c r="C1193" t="s">
         <v>205</v>
       </c>
       <c r="D1193" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1193" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1193">
-        <v>4.5</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" t="s">
         <v>6</v>
       </c>
       <c r="B1194" t="s">
         <v>7</v>
       </c>
       <c r="C1194" t="s">
         <v>205</v>
       </c>
       <c r="D1194" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1194" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1194">
-        <v>4.4</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" t="s">
         <v>6</v>
       </c>
       <c r="B1195" t="s">
         <v>7</v>
       </c>
       <c r="C1195" t="s">
         <v>205</v>
       </c>
       <c r="D1195" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1195" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1195">
-        <v>4.7</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" t="s">
         <v>6</v>
       </c>
       <c r="B1196" t="s">
         <v>7</v>
       </c>
       <c r="C1196" t="s">
         <v>205</v>
       </c>
       <c r="D1196" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1196" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1196">
-        <v>2.6</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" t="s">
         <v>6</v>
       </c>
       <c r="B1197" t="s">
         <v>7</v>
       </c>
       <c r="C1197" t="s">
         <v>205</v>
       </c>
       <c r="D1197" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1197" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1197">
-        <v>3.33</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" t="s">
         <v>6</v>
       </c>
       <c r="B1198" t="s">
         <v>7</v>
       </c>
       <c r="C1198" t="s">
         <v>205</v>
       </c>
       <c r="D1198" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1198" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1198">
-        <v>3.88</v>
+        <v>3.33</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" t="s">
         <v>6</v>
       </c>
       <c r="B1199" t="s">
         <v>7</v>
       </c>
       <c r="C1199" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="D1199" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1199" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1199">
-        <v>3.783</v>
+        <v>3.88</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" t="s">
         <v>6</v>
       </c>
       <c r="B1200" t="s">
         <v>7</v>
       </c>
       <c r="C1200" t="s">
         <v>206</v>
       </c>
       <c r="D1200" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1200" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1200">
-        <v>4.315</v>
+        <v>3.783</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" t="s">
         <v>6</v>
       </c>
       <c r="B1201" t="s">
         <v>7</v>
       </c>
       <c r="C1201" t="s">
         <v>206</v>
       </c>
       <c r="D1201" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1201" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1201">
-        <v>4.1</v>
+        <v>4.315</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" t="s">
         <v>6</v>
       </c>
       <c r="B1202" t="s">
         <v>7</v>
       </c>
       <c r="C1202" t="s">
         <v>206</v>
       </c>
       <c r="D1202" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1202" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1202">
-        <v>4</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" t="s">
         <v>6</v>
       </c>
       <c r="B1203" t="s">
         <v>7</v>
       </c>
       <c r="C1203" t="s">
         <v>206</v>
       </c>
       <c r="D1203" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E1203" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F1203">
-        <v>2.01</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" t="s">
         <v>6</v>
       </c>
       <c r="B1204" t="s">
         <v>7</v>
       </c>
       <c r="C1204" t="s">
         <v>206</v>
       </c>
       <c r="D1204" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1204" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1204">
-        <v>2.16</v>
+        <v>2.01</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" t="s">
         <v>6</v>
       </c>
       <c r="B1205" t="s">
         <v>7</v>
       </c>
       <c r="C1205" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="D1205" s="2">
-        <v>43465</v>
+        <v>44926</v>
       </c>
       <c r="E1205" s="3">
-        <v>2018</v>
+        <v>2022</v>
       </c>
       <c r="F1205">
-        <v>4.1</v>
+        <v>2.16</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" t="s">
         <v>6</v>
       </c>
       <c r="B1206" t="s">
         <v>7</v>
       </c>
       <c r="C1206" t="s">
         <v>207</v>
       </c>
       <c r="D1206" s="2">
-        <v>44926</v>
+        <v>43465</v>
       </c>
       <c r="E1206" s="3">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F1206">
-        <v>3.92</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" t="s">
         <v>6</v>
       </c>
       <c r="B1207" t="s">
         <v>7</v>
       </c>
       <c r="C1207" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="D1207" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E1207" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F1207">
-        <v>5.785</v>
+        <v>3.92</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" t="s">
         <v>6</v>
       </c>
       <c r="B1208" t="s">
         <v>7</v>
       </c>
       <c r="C1208" t="s">
         <v>208</v>
       </c>
       <c r="D1208" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1208" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1208">
-        <v>6.03958</v>
+        <v>5.785</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" t="s">
         <v>6</v>
       </c>
       <c r="B1209" t="s">
         <v>7</v>
       </c>
       <c r="C1209" t="s">
         <v>208</v>
       </c>
       <c r="D1209" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1209" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1209">
-        <v>5.7</v>
+        <v>6.03958</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" t="s">
         <v>6</v>
       </c>
       <c r="B1210" t="s">
         <v>7</v>
       </c>
       <c r="C1210" t="s">
         <v>208</v>
       </c>
       <c r="D1210" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1210" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1210">
-        <v>5.3</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" t="s">
         <v>6</v>
       </c>
       <c r="B1211" t="s">
         <v>7</v>
       </c>
       <c r="C1211" t="s">
         <v>208</v>
       </c>
       <c r="D1211" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1211" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1211">
-        <v>6.13</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" t="s">
         <v>6</v>
       </c>
       <c r="B1212" t="s">
         <v>7</v>
       </c>
       <c r="C1212" t="s">
         <v>208</v>
       </c>
       <c r="D1212" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1212" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1212">
-        <v>5.96</v>
+        <v>6.13</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" t="s">
         <v>6</v>
       </c>
       <c r="B1213" t="s">
         <v>7</v>
       </c>
       <c r="C1213" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="D1213" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1213" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1213">
-        <v>4.857</v>
+        <v>5.96</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" t="s">
         <v>6</v>
       </c>
       <c r="B1214" t="s">
         <v>7</v>
       </c>
       <c r="C1214" t="s">
         <v>209</v>
       </c>
       <c r="D1214" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E1214" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F1214">
-        <v>4.8</v>
+        <v>4.857</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" t="s">
         <v>6</v>
       </c>
       <c r="B1215" t="s">
         <v>7</v>
       </c>
       <c r="C1215" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="D1215" s="2">
-        <v>41639</v>
+        <v>42735</v>
       </c>
       <c r="E1215" s="3">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="F1215">
-        <v>6.526</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" t="s">
         <v>6</v>
       </c>
       <c r="B1216" t="s">
         <v>7</v>
       </c>
       <c r="C1216" t="s">
         <v>210</v>
       </c>
       <c r="D1216" s="2">
-        <v>43100</v>
+        <v>41639</v>
       </c>
       <c r="E1216" s="3">
-        <v>2017</v>
+        <v>2013</v>
       </c>
       <c r="F1216">
-        <v>6.9</v>
+        <v>6.526</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" t="s">
         <v>6</v>
       </c>
       <c r="B1217" t="s">
         <v>7</v>
       </c>
       <c r="C1217" t="s">
         <v>210</v>
       </c>
       <c r="D1217" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1217" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1217">
-        <v>6.4</v>
+        <v>6.9</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" t="s">
         <v>6</v>
       </c>
       <c r="B1218" t="s">
         <v>7</v>
       </c>
       <c r="C1218" t="s">
         <v>210</v>
       </c>
       <c r="D1218" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1218" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1218">
-        <v>7.34</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" t="s">
         <v>6</v>
       </c>
       <c r="B1219" t="s">
         <v>7</v>
       </c>
       <c r="C1219" t="s">
         <v>210</v>
       </c>
       <c r="D1219" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1219" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1219">
-        <v>6.86</v>
+        <v>7.34</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" t="s">
         <v>6</v>
       </c>
       <c r="B1220" t="s">
         <v>7</v>
       </c>
       <c r="C1220" t="s">
-        <v>211</v>
+        <v>210</v>
       </c>
       <c r="D1220" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1220" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1220">
-        <v>4.878</v>
+        <v>6.86</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" t="s">
         <v>6</v>
       </c>
       <c r="B1221" t="s">
         <v>7</v>
       </c>
       <c r="C1221" t="s">
         <v>211</v>
       </c>
       <c r="D1221" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1221" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1221">
-        <v>5.606</v>
+        <v>4.878</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" t="s">
         <v>6</v>
       </c>
       <c r="B1222" t="s">
         <v>7</v>
       </c>
       <c r="C1222" t="s">
         <v>211</v>
       </c>
       <c r="D1222" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1222" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1222">
-        <v>5.866</v>
+        <v>5.606</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" t="s">
         <v>6</v>
       </c>
       <c r="B1223" t="s">
         <v>7</v>
       </c>
       <c r="C1223" t="s">
         <v>211</v>
       </c>
       <c r="D1223" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1223" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1223">
-        <v>5.92832</v>
+        <v>5.866</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" t="s">
         <v>6</v>
       </c>
       <c r="B1224" t="s">
         <v>7</v>
       </c>
       <c r="C1224" t="s">
         <v>211</v>
       </c>
       <c r="D1224" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1224" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1224">
-        <v>6.1</v>
+        <v>5.92832</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" t="s">
         <v>6</v>
       </c>
       <c r="B1225" t="s">
         <v>7</v>
       </c>
       <c r="C1225" t="s">
         <v>211</v>
       </c>
       <c r="D1225" s="2">
-        <v>44926</v>
+        <v>43100</v>
       </c>
       <c r="E1225" s="3">
-        <v>2022</v>
+        <v>2017</v>
       </c>
       <c r="F1225">
-        <v>4.99</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" t="s">
         <v>6</v>
       </c>
       <c r="B1226" t="s">
         <v>7</v>
       </c>
       <c r="C1226" t="s">
-        <v>212</v>
+        <v>211</v>
       </c>
       <c r="D1226" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E1226" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F1226">
-        <v>3.533</v>
+        <v>4.99</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" t="s">
         <v>6</v>
       </c>
       <c r="B1227" t="s">
         <v>7</v>
       </c>
       <c r="C1227" t="s">
         <v>212</v>
       </c>
       <c r="D1227" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1227" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1227">
-        <v>3.42021</v>
+        <v>3.533</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" t="s">
         <v>6</v>
       </c>
       <c r="B1228" t="s">
         <v>7</v>
       </c>
       <c r="C1228" t="s">
         <v>212</v>
       </c>
       <c r="D1228" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1228" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1228">
-        <v>3.6</v>
+        <v>3.42021</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" t="s">
         <v>6</v>
       </c>
       <c r="B1229" t="s">
         <v>7</v>
       </c>
       <c r="C1229" t="s">
         <v>212</v>
       </c>
       <c r="D1229" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1229" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1229">
-        <v>3.1</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" t="s">
         <v>6</v>
       </c>
       <c r="B1230" t="s">
         <v>7</v>
       </c>
       <c r="C1230" t="s">
         <v>212</v>
       </c>
       <c r="D1230" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1230" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1230">
-        <v>2.17</v>
+        <v>3.1</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" t="s">
         <v>6</v>
       </c>
       <c r="B1231" t="s">
         <v>7</v>
       </c>
       <c r="C1231" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="D1231" s="2">
-        <v>41639</v>
+        <v>44561</v>
       </c>
       <c r="E1231" s="3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F1231">
-        <v>5.743</v>
+        <v>2.17</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" t="s">
         <v>6</v>
       </c>
       <c r="B1232" t="s">
         <v>7</v>
       </c>
       <c r="C1232" t="s">
         <v>213</v>
       </c>
       <c r="D1232" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1232" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1232">
-        <v>5.33518</v>
+        <v>5.743</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" t="s">
         <v>6</v>
       </c>
       <c r="B1233" t="s">
         <v>7</v>
       </c>
       <c r="C1233" t="s">
         <v>213</v>
       </c>
       <c r="D1233" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1233" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1233">
-        <v>5.4</v>
+        <v>5.33518</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" t="s">
         <v>6</v>
       </c>
       <c r="B1234" t="s">
         <v>7</v>
       </c>
       <c r="C1234" t="s">
         <v>213</v>
       </c>
       <c r="D1234" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1234" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1234">
-        <v>5.6</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" t="s">
         <v>6</v>
       </c>
       <c r="B1235" t="s">
         <v>7</v>
       </c>
       <c r="C1235" t="s">
         <v>213</v>
       </c>
       <c r="D1235" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1235" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1235">
-        <v>5.41</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" t="s">
         <v>6</v>
       </c>
       <c r="B1236" t="s">
         <v>7</v>
       </c>
       <c r="C1236" t="s">
         <v>213</v>
       </c>
       <c r="D1236" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1236" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1236">
-        <v>5.84</v>
+        <v>5.41</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" t="s">
         <v>6</v>
       </c>
       <c r="B1237" t="s">
         <v>7</v>
       </c>
       <c r="C1237" t="s">
-        <v>214</v>
+        <v>213</v>
       </c>
       <c r="D1237" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1237" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1237">
-        <v>3.879</v>
+        <v>5.84</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" t="s">
         <v>6</v>
       </c>
       <c r="B1238" t="s">
         <v>7</v>
       </c>
       <c r="C1238" t="s">
         <v>214</v>
       </c>
       <c r="D1238" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1238" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1238">
-        <v>4.13699</v>
+        <v>3.879</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" t="s">
         <v>6</v>
       </c>
       <c r="B1239" t="s">
         <v>7</v>
       </c>
       <c r="C1239" t="s">
         <v>214</v>
       </c>
       <c r="D1239" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1239" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1239">
-        <v>4.1</v>
+        <v>4.13699</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" t="s">
         <v>6</v>
       </c>
       <c r="B1240" t="s">
         <v>7</v>
       </c>
       <c r="C1240" t="s">
         <v>214</v>
       </c>
       <c r="D1240" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1240" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1240">
         <v>4.1</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" t="s">
         <v>6</v>
       </c>
       <c r="B1241" t="s">
         <v>7</v>
       </c>
       <c r="C1241" t="s">
         <v>214</v>
       </c>
       <c r="D1241" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1241" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1241">
-        <v>3.89</v>
+        <v>4.1</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" t="s">
         <v>6</v>
       </c>
       <c r="B1242" t="s">
         <v>7</v>
       </c>
       <c r="C1242" t="s">
         <v>214</v>
       </c>
       <c r="D1242" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1242" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1242">
-        <v>3.91</v>
+        <v>3.89</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" t="s">
         <v>6</v>
       </c>
       <c r="B1243" t="s">
         <v>7</v>
       </c>
       <c r="C1243" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="D1243" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E1243" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F1243">
-        <v>6.58</v>
+        <v>3.91</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" t="s">
         <v>6</v>
       </c>
       <c r="B1244" t="s">
         <v>7</v>
       </c>
       <c r="C1244" t="s">
         <v>215</v>
       </c>
       <c r="D1244" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E1244" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F1244">
-        <v>6.5</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" t="s">
         <v>6</v>
       </c>
       <c r="B1245" t="s">
         <v>7</v>
       </c>
       <c r="C1245" t="s">
         <v>215</v>
       </c>
       <c r="D1245" s="2">
-        <v>44196</v>
+        <v>43100</v>
       </c>
       <c r="E1245" s="3">
-        <v>2020</v>
+        <v>2017</v>
       </c>
       <c r="F1245">
-        <v>6.3</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" t="s">
         <v>6</v>
       </c>
       <c r="B1246" t="s">
         <v>7</v>
       </c>
       <c r="C1246" t="s">
         <v>215</v>
       </c>
       <c r="D1246" s="2">
-        <v>45291</v>
+        <v>44196</v>
       </c>
       <c r="E1246" s="3">
-        <v>2023</v>
+        <v>2020</v>
       </c>
       <c r="F1246">
-        <v>4.56</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" t="s">
         <v>6</v>
       </c>
       <c r="B1247" t="s">
         <v>7</v>
       </c>
       <c r="C1247" t="s">
-        <v>216</v>
+        <v>215</v>
       </c>
       <c r="D1247" s="2">
-        <v>44561</v>
+        <v>45291</v>
       </c>
       <c r="E1247" s="3">
-        <v>2021</v>
+        <v>2023</v>
       </c>
       <c r="F1247">
-        <v>3.94</v>
+        <v>4.56</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" t="s">
         <v>6</v>
       </c>
       <c r="B1248" t="s">
         <v>7</v>
       </c>
       <c r="C1248" t="s">
         <v>216</v>
       </c>
       <c r="D1248" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1248" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1248">
-        <v>4.49</v>
+        <v>3.94</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" t="s">
         <v>6</v>
       </c>
       <c r="B1249" t="s">
         <v>7</v>
       </c>
       <c r="C1249" t="s">
         <v>216</v>
       </c>
       <c r="D1249" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1249" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1249">
-        <v>4.6</v>
+        <v>4.49</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" t="s">
         <v>6</v>
       </c>
       <c r="B1250" t="s">
         <v>7</v>
       </c>
       <c r="C1250" t="s">
-        <v>217</v>
+        <v>216</v>
       </c>
       <c r="D1250" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1250" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1250">
-        <v>4.186</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" t="s">
         <v>6</v>
       </c>
       <c r="B1251" t="s">
         <v>7</v>
       </c>
       <c r="C1251" t="s">
         <v>217</v>
       </c>
       <c r="D1251" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1251" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1251">
-        <v>4.226</v>
+        <v>4.186</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" t="s">
         <v>6</v>
       </c>
       <c r="B1252" t="s">
         <v>7</v>
       </c>
       <c r="C1252" t="s">
         <v>217</v>
       </c>
       <c r="D1252" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1252" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1252">
-        <v>5.00181</v>
+        <v>4.226</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" t="s">
         <v>6</v>
       </c>
       <c r="B1253" t="s">
         <v>7</v>
       </c>
       <c r="C1253" t="s">
         <v>217</v>
       </c>
       <c r="D1253" s="2">
-        <v>43465</v>
+        <v>42369</v>
       </c>
       <c r="E1253" s="3">
-        <v>2018</v>
+        <v>2015</v>
       </c>
       <c r="F1253">
-        <v>4.5</v>
+        <v>5.00181</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" t="s">
         <v>6</v>
       </c>
       <c r="B1254" t="s">
         <v>7</v>
       </c>
       <c r="C1254" t="s">
         <v>217</v>
       </c>
       <c r="D1254" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1254" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1254">
-        <v>4.6</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" t="s">
         <v>6</v>
       </c>
       <c r="B1255" t="s">
         <v>7</v>
       </c>
       <c r="C1255" t="s">
         <v>217</v>
       </c>
       <c r="D1255" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1255" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1255">
-        <v>3.6</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" t="s">
         <v>6</v>
       </c>
       <c r="B1256" t="s">
         <v>7</v>
       </c>
       <c r="C1256" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="D1256" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E1256" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F1256">
-        <v>4.321</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" t="s">
         <v>6</v>
       </c>
       <c r="B1257" t="s">
         <v>7</v>
       </c>
       <c r="C1257" t="s">
         <v>218</v>
       </c>
       <c r="D1257" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1257" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1257">
-        <v>4.537</v>
+        <v>4.321</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" t="s">
         <v>6</v>
       </c>
       <c r="B1258" t="s">
         <v>7</v>
       </c>
       <c r="C1258" t="s">
         <v>218</v>
       </c>
       <c r="D1258" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1258" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1258">
-        <v>4.78867</v>
+        <v>4.537</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" t="s">
         <v>6</v>
       </c>
       <c r="B1259" t="s">
         <v>7</v>
       </c>
       <c r="C1259" t="s">
         <v>218</v>
       </c>
       <c r="D1259" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1259" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1259">
-        <v>4.9</v>
+        <v>4.78867</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" t="s">
         <v>6</v>
       </c>
       <c r="B1260" t="s">
         <v>7</v>
       </c>
       <c r="C1260" t="s">
         <v>218</v>
       </c>
       <c r="D1260" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1260" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1260">
         <v>4.9</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" t="s">
         <v>6</v>
       </c>
       <c r="B1261" t="s">
         <v>7</v>
       </c>
       <c r="C1261" t="s">
         <v>218</v>
       </c>
       <c r="D1261" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1261" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1261">
-        <v>4.6</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" t="s">
         <v>6</v>
       </c>
       <c r="B1262" t="s">
         <v>7</v>
       </c>
       <c r="C1262" t="s">
         <v>218</v>
       </c>
       <c r="D1262" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1262" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1262">
-        <v>4.9</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" t="s">
         <v>6</v>
       </c>
       <c r="B1263" t="s">
         <v>7</v>
       </c>
       <c r="C1263" t="s">
         <v>218</v>
       </c>
       <c r="D1263" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1263" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1263">
-        <v>5</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" t="s">
         <v>6</v>
       </c>
       <c r="B1264" t="s">
         <v>7</v>
       </c>
       <c r="C1264" t="s">
         <v>218</v>
       </c>
       <c r="D1264" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1264" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1264">
-        <v>4.49</v>
+        <v>5</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" t="s">
         <v>6</v>
       </c>
       <c r="B1265" t="s">
         <v>7</v>
       </c>
       <c r="C1265" t="s">
         <v>218</v>
       </c>
       <c r="D1265" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1265" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1265">
-        <v>4.25</v>
+        <v>4.49</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" t="s">
         <v>6</v>
       </c>
       <c r="B1266" t="s">
         <v>7</v>
       </c>
       <c r="C1266" t="s">
         <v>218</v>
       </c>
       <c r="D1266" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1266" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1266">
-        <v>4.75</v>
+        <v>4.25</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" t="s">
         <v>6</v>
       </c>
       <c r="B1267" t="s">
         <v>7</v>
       </c>
       <c r="C1267" t="s">
-        <v>219</v>
+        <v>218</v>
       </c>
       <c r="D1267" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1267" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1267">
-        <v>5.728</v>
+        <v>4.75</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" t="s">
         <v>6</v>
       </c>
       <c r="B1268" t="s">
         <v>7</v>
       </c>
       <c r="C1268" t="s">
         <v>219</v>
       </c>
       <c r="D1268" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1268" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1268">
-        <v>6.08</v>
+        <v>5.728</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" t="s">
         <v>6</v>
       </c>
       <c r="B1269" t="s">
         <v>7</v>
       </c>
       <c r="C1269" t="s">
         <v>219</v>
       </c>
       <c r="D1269" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1269" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1269">
-        <v>6.1</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" t="s">
         <v>6</v>
       </c>
       <c r="B1270" t="s">
         <v>7</v>
       </c>
       <c r="C1270" t="s">
         <v>219</v>
       </c>
       <c r="D1270" s="2">
-        <v>44561</v>
+        <v>42735</v>
       </c>
       <c r="E1270" s="3">
-        <v>2021</v>
+        <v>2016</v>
       </c>
       <c r="F1270">
-        <v>5.47</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" t="s">
         <v>6</v>
       </c>
       <c r="B1271" t="s">
         <v>7</v>
       </c>
       <c r="C1271" t="s">
         <v>219</v>
       </c>
       <c r="D1271" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1271" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1271">
         <v>5.47</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" t="s">
         <v>6</v>
       </c>
       <c r="B1272" t="s">
         <v>7</v>
       </c>
       <c r="C1272" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="D1272" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E1272" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F1272">
-        <v>4.148</v>
+        <v>5.47</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" t="s">
         <v>6</v>
       </c>
       <c r="B1273" t="s">
         <v>7</v>
       </c>
       <c r="C1273" t="s">
         <v>220</v>
       </c>
       <c r="D1273" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1273" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1273">
-        <v>4.409</v>
+        <v>4.148</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" t="s">
         <v>6</v>
       </c>
       <c r="B1274" t="s">
         <v>7</v>
       </c>
       <c r="C1274" t="s">
         <v>220</v>
       </c>
       <c r="D1274" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1274" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1274">
-        <v>4.55031</v>
+        <v>4.409</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" t="s">
         <v>6</v>
       </c>
       <c r="B1275" t="s">
         <v>7</v>
       </c>
       <c r="C1275" t="s">
         <v>220</v>
       </c>
       <c r="D1275" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1275" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1275">
-        <v>4.8</v>
+        <v>4.55031</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" t="s">
         <v>6</v>
       </c>
       <c r="B1276" t="s">
         <v>7</v>
       </c>
       <c r="C1276" t="s">
         <v>220</v>
       </c>
       <c r="D1276" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1276" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1276">
-        <v>4.7</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" t="s">
         <v>6</v>
       </c>
       <c r="B1277" t="s">
         <v>7</v>
       </c>
       <c r="C1277" t="s">
         <v>220</v>
       </c>
       <c r="D1277" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1277" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1277">
-        <v>4.35</v>
+        <v>4.7</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" t="s">
         <v>6</v>
       </c>
       <c r="B1278" t="s">
         <v>7</v>
       </c>
       <c r="C1278" t="s">
         <v>220</v>
       </c>
       <c r="D1278" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1278" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1278">
-        <v>4.57</v>
+        <v>4.35</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" t="s">
         <v>6</v>
       </c>
       <c r="B1279" t="s">
         <v>7</v>
       </c>
       <c r="C1279" t="s">
-        <v>221</v>
+        <v>220</v>
       </c>
       <c r="D1279" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E1279" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F1279">
-        <v>4.579</v>
+        <v>4.57</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" t="s">
         <v>6</v>
       </c>
       <c r="B1280" t="s">
         <v>7</v>
       </c>
       <c r="C1280" t="s">
         <v>221</v>
       </c>
       <c r="D1280" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E1280" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F1280">
-        <v>4.5</v>
+        <v>4.579</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" t="s">
         <v>6</v>
       </c>
       <c r="B1281" t="s">
         <v>7</v>
       </c>
       <c r="C1281" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="D1281" s="2">
-        <v>41274</v>
+        <v>42735</v>
       </c>
       <c r="E1281" s="3">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="F1281">
-        <v>5.401</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" t="s">
         <v>6</v>
       </c>
       <c r="B1282" t="s">
         <v>7</v>
       </c>
       <c r="C1282" t="s">
         <v>222</v>
       </c>
       <c r="D1282" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1282" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1282">
-        <v>5.535</v>
+        <v>5.401</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" t="s">
         <v>6</v>
       </c>
       <c r="B1283" t="s">
         <v>7</v>
       </c>
       <c r="C1283" t="s">
         <v>222</v>
       </c>
       <c r="D1283" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1283" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1283">
-        <v>5.3</v>
+        <v>5.535</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" t="s">
         <v>6</v>
       </c>
       <c r="B1284" t="s">
         <v>7</v>
       </c>
       <c r="C1284" t="s">
         <v>222</v>
       </c>
       <c r="D1284" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1284" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1284">
-        <v>5.1</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" t="s">
         <v>6</v>
       </c>
       <c r="B1285" t="s">
         <v>7</v>
       </c>
       <c r="C1285" t="s">
         <v>222</v>
       </c>
       <c r="D1285" s="2">
-        <v>44926</v>
+        <v>43465</v>
       </c>
       <c r="E1285" s="3">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F1285">
-        <v>3.56</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" t="s">
         <v>6</v>
       </c>
       <c r="B1286" t="s">
         <v>7</v>
       </c>
       <c r="C1286" t="s">
         <v>222</v>
       </c>
       <c r="D1286" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1286" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1286">
-        <v>2.35</v>
+        <v>3.56</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" t="s">
         <v>6</v>
       </c>
       <c r="B1287" t="s">
         <v>7</v>
       </c>
       <c r="C1287" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="D1287" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1287" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1287">
-        <v>6.017</v>
+        <v>2.35</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" t="s">
         <v>6</v>
       </c>
       <c r="B1288" t="s">
         <v>7</v>
       </c>
       <c r="C1288" t="s">
         <v>223</v>
       </c>
       <c r="D1288" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1288" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1288">
-        <v>5.873</v>
+        <v>6.017</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" t="s">
         <v>6</v>
       </c>
       <c r="B1289" t="s">
         <v>7</v>
       </c>
       <c r="C1289" t="s">
         <v>223</v>
       </c>
       <c r="D1289" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1289" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1289">
-        <v>6.15477</v>
+        <v>5.873</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" t="s">
         <v>6</v>
       </c>
       <c r="B1290" t="s">
         <v>7</v>
       </c>
       <c r="C1290" t="s">
         <v>223</v>
       </c>
       <c r="D1290" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1290" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1290">
-        <v>6.7</v>
+        <v>6.15477</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" t="s">
         <v>6</v>
       </c>
       <c r="B1291" t="s">
         <v>7</v>
       </c>
       <c r="C1291" t="s">
         <v>223</v>
       </c>
       <c r="D1291" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1291" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1291">
-        <v>6.8</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" t="s">
         <v>6</v>
       </c>
       <c r="B1292" t="s">
         <v>7</v>
       </c>
       <c r="C1292" t="s">
         <v>223</v>
       </c>
       <c r="D1292" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1292" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1292">
-        <v>6.4</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" t="s">
         <v>6</v>
       </c>
       <c r="B1293" t="s">
         <v>7</v>
       </c>
       <c r="C1293" t="s">
         <v>223</v>
       </c>
       <c r="D1293" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1293" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1293">
-        <v>6.6</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" t="s">
         <v>6</v>
       </c>
       <c r="B1294" t="s">
         <v>7</v>
       </c>
       <c r="C1294" t="s">
         <v>223</v>
       </c>
       <c r="D1294" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1294" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1294">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" t="s">
         <v>6</v>
       </c>
       <c r="B1295" t="s">
         <v>7</v>
       </c>
       <c r="C1295" t="s">
         <v>223</v>
       </c>
       <c r="D1295" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1295" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1295">
-        <v>6.74</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" t="s">
         <v>6</v>
       </c>
       <c r="B1296" t="s">
         <v>7</v>
       </c>
       <c r="C1296" t="s">
         <v>223</v>
       </c>
       <c r="D1296" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1296" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1296">
-        <v>6.78</v>
+        <v>6.74</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" t="s">
         <v>6</v>
       </c>
       <c r="B1297" t="s">
         <v>7</v>
       </c>
       <c r="C1297" t="s">
         <v>223</v>
       </c>
       <c r="D1297" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1297" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1297">
-        <v>6.31</v>
+        <v>6.78</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" t="s">
         <v>6</v>
       </c>
       <c r="B1298" t="s">
         <v>7</v>
       </c>
       <c r="C1298" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="D1298" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1298" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1298">
-        <v>6.45</v>
+        <v>6.31</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" t="s">
         <v>6</v>
       </c>
       <c r="B1299" t="s">
         <v>7</v>
       </c>
       <c r="C1299" t="s">
         <v>224</v>
       </c>
       <c r="D1299" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1299" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1299">
-        <v>7.094</v>
+        <v>6.45</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" t="s">
         <v>6</v>
       </c>
       <c r="B1300" t="s">
         <v>7</v>
       </c>
       <c r="C1300" t="s">
         <v>224</v>
       </c>
       <c r="D1300" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1300" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1300">
-        <v>7</v>
+        <v>7.094</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" t="s">
         <v>6</v>
       </c>
       <c r="B1301" t="s">
         <v>7</v>
       </c>
       <c r="C1301" t="s">
         <v>224</v>
       </c>
       <c r="D1301" s="2">
-        <v>45291</v>
+        <v>42735</v>
       </c>
       <c r="E1301" s="3">
-        <v>2023</v>
+        <v>2016</v>
       </c>
       <c r="F1301">
-        <v>7.51</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" t="s">
         <v>6</v>
       </c>
       <c r="B1302" t="s">
         <v>7</v>
       </c>
       <c r="C1302" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="D1302" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1302" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1302">
-        <v>6.21</v>
+        <v>7.51</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" t="s">
         <v>6</v>
       </c>
       <c r="B1303" t="s">
         <v>7</v>
       </c>
       <c r="C1303" t="s">
         <v>225</v>
       </c>
       <c r="D1303" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1303" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1303">
-        <v>6.01989</v>
+        <v>6.21</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" t="s">
         <v>6</v>
       </c>
       <c r="B1304" t="s">
         <v>7</v>
       </c>
       <c r="C1304" t="s">
         <v>225</v>
       </c>
       <c r="D1304" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1304" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1304">
-        <v>6.6</v>
+        <v>6.01989</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" t="s">
         <v>6</v>
       </c>
       <c r="B1305" t="s">
         <v>7</v>
       </c>
       <c r="C1305" t="s">
         <v>225</v>
       </c>
       <c r="D1305" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1305" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1305">
-        <v>6.4</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" t="s">
         <v>6</v>
       </c>
       <c r="B1306" t="s">
         <v>7</v>
       </c>
       <c r="C1306" t="s">
         <v>225</v>
       </c>
       <c r="D1306" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1306" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1306">
-        <v>5.95</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" t="s">
         <v>6</v>
       </c>
       <c r="B1307" t="s">
         <v>7</v>
       </c>
       <c r="C1307" t="s">
         <v>225</v>
       </c>
       <c r="D1307" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1307" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1307">
-        <v>6.13</v>
+        <v>5.95</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" t="s">
         <v>6</v>
       </c>
       <c r="B1308" t="s">
         <v>7</v>
       </c>
       <c r="C1308" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="D1308" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1308" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1308">
-        <v>7.208</v>
+        <v>6.13</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" t="s">
         <v>6</v>
       </c>
       <c r="B1309" t="s">
         <v>7</v>
       </c>
       <c r="C1309" t="s">
         <v>226</v>
       </c>
       <c r="D1309" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1309" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1309">
-        <v>7.372</v>
+        <v>7.208</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" t="s">
         <v>6</v>
       </c>
       <c r="B1310" t="s">
         <v>7</v>
       </c>
       <c r="C1310" t="s">
         <v>226</v>
       </c>
       <c r="D1310" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1310" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1310">
-        <v>7.4</v>
+        <v>7.372</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" t="s">
         <v>6</v>
       </c>
       <c r="B1311" t="s">
         <v>7</v>
       </c>
       <c r="C1311" t="s">
         <v>226</v>
       </c>
       <c r="D1311" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1311" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1311">
-        <v>7.1</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" t="s">
         <v>6</v>
       </c>
       <c r="B1312" t="s">
         <v>7</v>
       </c>
       <c r="C1312" t="s">
         <v>226</v>
       </c>
       <c r="D1312" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1312" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1312">
         <v>7.1</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" t="s">
         <v>6</v>
       </c>
       <c r="B1313" t="s">
         <v>7</v>
       </c>
       <c r="C1313" t="s">
         <v>226</v>
       </c>
       <c r="D1313" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1313" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1313">
-        <v>7.3</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" t="s">
         <v>6</v>
       </c>
       <c r="B1314" t="s">
         <v>7</v>
       </c>
       <c r="C1314" t="s">
         <v>226</v>
       </c>
       <c r="D1314" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1314" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1314">
-        <v>8.7</v>
+        <v>7.3</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" t="s">
         <v>6</v>
       </c>
       <c r="B1315" t="s">
         <v>7</v>
       </c>
       <c r="C1315" t="s">
         <v>226</v>
       </c>
       <c r="D1315" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1315" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1315">
-        <v>8.53</v>
+        <v>8.7</v>
       </c>
     </row>
     <row r="1316">
       <c r="A1316" t="s">
         <v>6</v>
       </c>
       <c r="B1316" t="s">
         <v>7</v>
       </c>
       <c r="C1316" t="s">
         <v>226</v>
       </c>
       <c r="D1316" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1316" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1316">
-        <v>8.55</v>
+        <v>8.53</v>
       </c>
     </row>
     <row r="1317">
       <c r="A1317" t="s">
         <v>6</v>
       </c>
       <c r="B1317" t="s">
         <v>7</v>
       </c>
       <c r="C1317" t="s">
-        <v>227</v>
+        <v>226</v>
       </c>
       <c r="D1317" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1317" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1317">
-        <v>6.533</v>
+        <v>8.55</v>
       </c>
     </row>
     <row r="1318">
       <c r="A1318" t="s">
         <v>6</v>
       </c>
       <c r="B1318" t="s">
         <v>7</v>
       </c>
       <c r="C1318" t="s">
         <v>227</v>
       </c>
       <c r="D1318" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1318" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1318">
-        <v>6.789</v>
+        <v>6.533</v>
       </c>
     </row>
     <row r="1319">
       <c r="A1319" t="s">
         <v>6</v>
       </c>
       <c r="B1319" t="s">
         <v>7</v>
       </c>
       <c r="C1319" t="s">
         <v>227</v>
       </c>
       <c r="D1319" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1319" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1319">
-        <v>6.36038</v>
+        <v>6.789</v>
       </c>
     </row>
     <row r="1320">
       <c r="A1320" t="s">
         <v>6</v>
       </c>
       <c r="B1320" t="s">
         <v>7</v>
       </c>
       <c r="C1320" t="s">
         <v>227</v>
       </c>
       <c r="D1320" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1320" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1320">
-        <v>6.6</v>
+        <v>6.36038</v>
       </c>
     </row>
     <row r="1321">
       <c r="A1321" t="s">
         <v>6</v>
       </c>
       <c r="B1321" t="s">
         <v>7</v>
       </c>
       <c r="C1321" t="s">
         <v>227</v>
       </c>
       <c r="D1321" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1321" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1321">
-        <v>6.7</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1322">
       <c r="A1322" t="s">
         <v>6</v>
       </c>
       <c r="B1322" t="s">
         <v>7</v>
       </c>
       <c r="C1322" t="s">
         <v>227</v>
       </c>
       <c r="D1322" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1322" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1322">
         <v>6.7</v>
       </c>
     </row>
     <row r="1323">
       <c r="A1323" t="s">
         <v>6</v>
       </c>
       <c r="B1323" t="s">
         <v>7</v>
       </c>
       <c r="C1323" t="s">
         <v>227</v>
       </c>
       <c r="D1323" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1323" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1323">
-        <v>6.8</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="1324">
       <c r="A1324" t="s">
         <v>6</v>
       </c>
       <c r="B1324" t="s">
         <v>7</v>
       </c>
       <c r="C1324" t="s">
         <v>227</v>
       </c>
       <c r="D1324" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1324" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1324">
-        <v>7.1</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="1325">
       <c r="A1325" t="s">
         <v>6</v>
       </c>
       <c r="B1325" t="s">
         <v>7</v>
       </c>
       <c r="C1325" t="s">
         <v>227</v>
       </c>
       <c r="D1325" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1325" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1325">
-        <v>8.1</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="1326">
       <c r="A1326" t="s">
         <v>6</v>
       </c>
       <c r="B1326" t="s">
         <v>7</v>
       </c>
       <c r="C1326" t="s">
         <v>227</v>
       </c>
       <c r="D1326" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1326" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1326">
-        <v>8.05</v>
+        <v>8.1</v>
       </c>
     </row>
     <row r="1327">
       <c r="A1327" t="s">
         <v>6</v>
       </c>
       <c r="B1327" t="s">
         <v>7</v>
       </c>
       <c r="C1327" t="s">
         <v>227</v>
       </c>
       <c r="D1327" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1327" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1327">
-        <v>8.26</v>
+        <v>8.05</v>
       </c>
     </row>
     <row r="1328">
       <c r="A1328" t="s">
         <v>6</v>
       </c>
       <c r="B1328" t="s">
         <v>7</v>
       </c>
       <c r="C1328" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
       <c r="D1328" s="2">
-        <v>42735</v>
+        <v>45291</v>
       </c>
       <c r="E1328" s="3">
-        <v>2016</v>
+        <v>2023</v>
       </c>
       <c r="F1328">
-        <v>5.7</v>
+        <v>8.26</v>
       </c>
     </row>
     <row r="1329">
       <c r="A1329" t="s">
         <v>6</v>
       </c>
       <c r="B1329" t="s">
         <v>7</v>
       </c>
       <c r="C1329" t="s">
         <v>228</v>
       </c>
       <c r="D1329" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1329" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1329">
-        <v>5.4</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="1330">
       <c r="A1330" t="s">
         <v>6</v>
       </c>
       <c r="B1330" t="s">
         <v>7</v>
       </c>
       <c r="C1330" t="s">
         <v>228</v>
       </c>
       <c r="D1330" s="2">
-        <v>45291</v>
+        <v>43465</v>
       </c>
       <c r="E1330" s="3">
-        <v>2023</v>
+        <v>2018</v>
       </c>
       <c r="F1330">
-        <v>4.61</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="1331">
       <c r="A1331" t="s">
         <v>6</v>
       </c>
       <c r="B1331" t="s">
         <v>7</v>
       </c>
       <c r="C1331" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="D1331" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E1331" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F1331">
-        <v>6.209</v>
+        <v>4.61</v>
       </c>
     </row>
     <row r="1332">
       <c r="A1332" t="s">
         <v>6</v>
       </c>
       <c r="B1332" t="s">
         <v>7</v>
       </c>
       <c r="C1332" t="s">
         <v>229</v>
       </c>
       <c r="D1332" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1332" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1332">
-        <v>6.1</v>
+        <v>6.209</v>
       </c>
     </row>
     <row r="1333">
       <c r="A1333" t="s">
         <v>6</v>
       </c>
       <c r="B1333" t="s">
         <v>7</v>
       </c>
       <c r="C1333" t="s">
         <v>229</v>
       </c>
       <c r="D1333" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1333" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1333">
-        <v>5.7</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="1334">
       <c r="A1334" t="s">
         <v>6</v>
       </c>
       <c r="B1334" t="s">
         <v>7</v>
       </c>
       <c r="C1334" t="s">
         <v>229</v>
       </c>
       <c r="D1334" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E1334" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F1334">
-        <v>5.99</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="1335">
       <c r="A1335" t="s">
         <v>6</v>
       </c>
       <c r="B1335" t="s">
         <v>7</v>
       </c>
       <c r="C1335" t="s">
         <v>229</v>
       </c>
       <c r="D1335" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1335" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1335">
-        <v>5.88</v>
+        <v>5.99</v>
       </c>
     </row>
     <row r="1336">
       <c r="A1336" t="s">
         <v>6</v>
       </c>
       <c r="B1336" t="s">
         <v>7</v>
       </c>
       <c r="C1336" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="D1336" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1336" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1336">
-        <v>4.608</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="1337">
       <c r="A1337" t="s">
         <v>6</v>
       </c>
       <c r="B1337" t="s">
         <v>7</v>
       </c>
       <c r="C1337" t="s">
         <v>230</v>
       </c>
       <c r="D1337" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1337" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1337">
-        <v>4.593</v>
+        <v>4.608</v>
       </c>
     </row>
     <row r="1338">
       <c r="A1338" t="s">
         <v>6</v>
       </c>
       <c r="B1338" t="s">
         <v>7</v>
       </c>
       <c r="C1338" t="s">
         <v>230</v>
       </c>
       <c r="D1338" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1338" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1338">
-        <v>4.6</v>
+        <v>4.593</v>
       </c>
     </row>
     <row r="1339">
       <c r="A1339" t="s">
         <v>6</v>
       </c>
       <c r="B1339" t="s">
         <v>7</v>
       </c>
       <c r="C1339" t="s">
         <v>230</v>
       </c>
       <c r="D1339" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1339" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1339">
-        <v>4.8</v>
+        <v>4.6</v>
       </c>
     </row>
     <row r="1340">
       <c r="A1340" t="s">
         <v>6</v>
       </c>
       <c r="B1340" t="s">
         <v>7</v>
       </c>
       <c r="C1340" t="s">
         <v>230</v>
       </c>
       <c r="D1340" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E1340" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F1340">
-        <v>4</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="1341">
       <c r="A1341" t="s">
         <v>6</v>
       </c>
       <c r="B1341" t="s">
         <v>7</v>
       </c>
       <c r="C1341" t="s">
         <v>230</v>
       </c>
       <c r="D1341" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1341" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1341">
-        <v>4.19</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1342">
       <c r="A1342" t="s">
         <v>6</v>
       </c>
       <c r="B1342" t="s">
         <v>7</v>
       </c>
       <c r="C1342" t="s">
-        <v>231</v>
+        <v>230</v>
       </c>
       <c r="D1342" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1342" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1342">
-        <v>6.46</v>
+        <v>4.19</v>
       </c>
     </row>
     <row r="1343">
       <c r="A1343" t="s">
         <v>6</v>
       </c>
       <c r="B1343" t="s">
         <v>7</v>
       </c>
       <c r="C1343" t="s">
         <v>231</v>
       </c>
       <c r="D1343" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1343" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1343">
-        <v>6.75</v>
+        <v>6.46</v>
       </c>
     </row>
     <row r="1344">
       <c r="A1344" t="s">
         <v>6</v>
       </c>
       <c r="B1344" t="s">
         <v>7</v>
       </c>
       <c r="C1344" t="s">
         <v>231</v>
       </c>
       <c r="D1344" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1344" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1344">
-        <v>6.667</v>
+        <v>6.75</v>
       </c>
     </row>
     <row r="1345">
       <c r="A1345" t="s">
         <v>6</v>
       </c>
       <c r="B1345" t="s">
         <v>7</v>
       </c>
       <c r="C1345" t="s">
         <v>231</v>
       </c>
       <c r="D1345" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1345" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1345">
-        <v>6.90307</v>
+        <v>6.667</v>
       </c>
     </row>
     <row r="1346">
       <c r="A1346" t="s">
         <v>6</v>
       </c>
       <c r="B1346" t="s">
         <v>7</v>
       </c>
       <c r="C1346" t="s">
         <v>231</v>
       </c>
       <c r="D1346" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1346" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1346">
-        <v>6.4</v>
+        <v>6.90307</v>
       </c>
     </row>
     <row r="1347">
       <c r="A1347" t="s">
         <v>6</v>
       </c>
       <c r="B1347" t="s">
         <v>7</v>
       </c>
       <c r="C1347" t="s">
         <v>231</v>
       </c>
       <c r="D1347" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1347" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1347">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1348">
       <c r="A1348" t="s">
         <v>6</v>
       </c>
       <c r="B1348" t="s">
         <v>7</v>
       </c>
       <c r="C1348" t="s">
         <v>231</v>
       </c>
       <c r="D1348" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1348" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1348">
         <v>6.8</v>
       </c>
     </row>
     <row r="1349">
       <c r="A1349" t="s">
         <v>6</v>
       </c>
       <c r="B1349" t="s">
         <v>7</v>
       </c>
       <c r="C1349" t="s">
         <v>231</v>
       </c>
       <c r="D1349" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1349" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1349">
-        <v>6.5</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="1350">
       <c r="A1350" t="s">
         <v>6</v>
       </c>
       <c r="B1350" t="s">
         <v>7</v>
       </c>
       <c r="C1350" t="s">
         <v>231</v>
       </c>
       <c r="D1350" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1350" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1350">
-        <v>7</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="1351">
       <c r="A1351" t="s">
         <v>6</v>
       </c>
       <c r="B1351" t="s">
         <v>7</v>
       </c>
       <c r="C1351" t="s">
         <v>231</v>
       </c>
       <c r="D1351" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1351" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1351">
-        <v>7.64</v>
+        <v>7</v>
       </c>
     </row>
     <row r="1352">
       <c r="A1352" t="s">
         <v>6</v>
       </c>
       <c r="B1352" t="s">
         <v>7</v>
       </c>
       <c r="C1352" t="s">
         <v>231</v>
       </c>
       <c r="D1352" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1352" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1352">
-        <v>7.38</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="1353">
       <c r="A1353" t="s">
         <v>6</v>
       </c>
       <c r="B1353" t="s">
         <v>7</v>
       </c>
       <c r="C1353" t="s">
         <v>231</v>
       </c>
       <c r="D1353" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1353" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1353">
-        <v>7.29</v>
+        <v>7.38</v>
       </c>
     </row>
     <row r="1354">
       <c r="A1354" t="s">
         <v>6</v>
       </c>
       <c r="B1354" t="s">
         <v>7</v>
       </c>
       <c r="C1354" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="D1354" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1354" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1354">
-        <v>7.334</v>
+        <v>7.29</v>
       </c>
     </row>
     <row r="1355">
       <c r="A1355" t="s">
         <v>6</v>
       </c>
       <c r="B1355" t="s">
         <v>7</v>
       </c>
       <c r="C1355" t="s">
         <v>232</v>
       </c>
       <c r="D1355" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1355" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1355">
-        <v>7.074</v>
+        <v>7.334</v>
       </c>
     </row>
     <row r="1356">
       <c r="A1356" t="s">
         <v>6</v>
       </c>
       <c r="B1356" t="s">
         <v>7</v>
       </c>
       <c r="C1356" t="s">
         <v>232</v>
       </c>
       <c r="D1356" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1356" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1356">
-        <v>7.0392</v>
+        <v>7.074</v>
       </c>
     </row>
     <row r="1357">
       <c r="A1357" t="s">
         <v>6</v>
       </c>
       <c r="B1357" t="s">
         <v>7</v>
       </c>
       <c r="C1357" t="s">
         <v>232</v>
       </c>
       <c r="D1357" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1357" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1357">
-        <v>5.8</v>
+        <v>7.0392</v>
       </c>
     </row>
     <row r="1358">
       <c r="A1358" t="s">
         <v>6</v>
       </c>
       <c r="B1358" t="s">
         <v>7</v>
       </c>
       <c r="C1358" t="s">
         <v>232</v>
       </c>
       <c r="D1358" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1358" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1358">
-        <v>6.3</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="1359">
       <c r="A1359" t="s">
         <v>6</v>
       </c>
       <c r="B1359" t="s">
         <v>7</v>
       </c>
       <c r="C1359" t="s">
         <v>232</v>
       </c>
       <c r="D1359" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1359" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1359">
-        <v>6.7</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="1360">
       <c r="A1360" t="s">
         <v>6</v>
       </c>
       <c r="B1360" t="s">
         <v>7</v>
       </c>
       <c r="C1360" t="s">
         <v>232</v>
       </c>
       <c r="D1360" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E1360" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F1360">
-        <v>7.65</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="1361">
       <c r="A1361" t="s">
         <v>6</v>
       </c>
       <c r="B1361" t="s">
         <v>7</v>
       </c>
       <c r="C1361" t="s">
         <v>232</v>
       </c>
       <c r="D1361" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1361" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1361">
-        <v>7.64</v>
+        <v>7.65</v>
       </c>
     </row>
     <row r="1362">
       <c r="A1362" t="s">
         <v>6</v>
       </c>
       <c r="B1362" t="s">
         <v>7</v>
       </c>
       <c r="C1362" t="s">
         <v>232</v>
       </c>
       <c r="D1362" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1362" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1362">
-        <v>7.83</v>
+        <v>7.64</v>
       </c>
     </row>
     <row r="1363">
       <c r="A1363" t="s">
         <v>6</v>
       </c>
       <c r="B1363" t="s">
         <v>7</v>
       </c>
       <c r="C1363" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="D1363" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1363" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1363">
-        <v>6.412</v>
+        <v>7.83</v>
       </c>
     </row>
     <row r="1364">
       <c r="A1364" t="s">
         <v>6</v>
       </c>
       <c r="B1364" t="s">
         <v>7</v>
       </c>
       <c r="C1364" t="s">
         <v>233</v>
       </c>
       <c r="D1364" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1364" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1364">
-        <v>6.05974</v>
+        <v>6.412</v>
       </c>
     </row>
     <row r="1365">
       <c r="A1365" t="s">
         <v>6</v>
       </c>
       <c r="B1365" t="s">
         <v>7</v>
       </c>
       <c r="C1365" t="s">
         <v>233</v>
       </c>
       <c r="D1365" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1365" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1365">
-        <v>5.8</v>
+        <v>6.05974</v>
       </c>
     </row>
     <row r="1366">
       <c r="A1366" t="s">
         <v>6</v>
       </c>
       <c r="B1366" t="s">
         <v>7</v>
       </c>
       <c r="C1366" t="s">
         <v>233</v>
       </c>
       <c r="D1366" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1366" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1366">
-        <v>6.2</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="1367">
       <c r="A1367" t="s">
         <v>6</v>
       </c>
       <c r="B1367" t="s">
         <v>7</v>
       </c>
       <c r="C1367" t="s">
         <v>233</v>
       </c>
       <c r="D1367" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1367" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1367">
-        <v>6.98</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="1368">
       <c r="A1368" t="s">
         <v>6</v>
       </c>
       <c r="B1368" t="s">
         <v>7</v>
       </c>
       <c r="C1368" t="s">
         <v>233</v>
       </c>
       <c r="D1368" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1368" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1368">
-        <v>6.7</v>
+        <v>6.98</v>
       </c>
     </row>
     <row r="1369">
       <c r="A1369" t="s">
         <v>6</v>
       </c>
       <c r="B1369" t="s">
         <v>7</v>
       </c>
       <c r="C1369" t="s">
         <v>233</v>
       </c>
       <c r="D1369" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1369" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1369">
-        <v>6.29</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="1370">
       <c r="A1370" t="s">
         <v>6</v>
       </c>
       <c r="B1370" t="s">
         <v>7</v>
       </c>
       <c r="C1370" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="D1370" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1370" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1370">
-        <v>6.744</v>
+        <v>6.29</v>
       </c>
     </row>
     <row r="1371">
       <c r="A1371" t="s">
         <v>6</v>
       </c>
       <c r="B1371" t="s">
         <v>7</v>
       </c>
       <c r="C1371" t="s">
         <v>234</v>
       </c>
       <c r="D1371" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E1371" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F1371">
-        <v>6.90783</v>
+        <v>6.744</v>
       </c>
     </row>
     <row r="1372">
       <c r="A1372" t="s">
         <v>6</v>
       </c>
       <c r="B1372" t="s">
         <v>7</v>
       </c>
       <c r="C1372" t="s">
         <v>234</v>
       </c>
       <c r="D1372" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1372" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1372">
-        <v>6.6</v>
+        <v>6.90783</v>
       </c>
     </row>
     <row r="1373">
       <c r="A1373" t="s">
         <v>6</v>
       </c>
       <c r="B1373" t="s">
         <v>7</v>
       </c>
       <c r="C1373" t="s">
         <v>234</v>
       </c>
       <c r="D1373" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1373" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1373">
-        <v>6.8</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1374">
       <c r="A1374" t="s">
         <v>6</v>
       </c>
       <c r="B1374" t="s">
         <v>7</v>
       </c>
       <c r="C1374" t="s">
         <v>234</v>
       </c>
       <c r="D1374" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1374" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1374">
         <v>6.8</v>
       </c>
     </row>
     <row r="1375">
       <c r="A1375" t="s">
         <v>6</v>
       </c>
       <c r="B1375" t="s">
         <v>7</v>
       </c>
       <c r="C1375" t="s">
         <v>234</v>
       </c>
       <c r="D1375" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1375" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1375">
-        <v>6.7</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="1376">
       <c r="A1376" t="s">
         <v>6</v>
       </c>
       <c r="B1376" t="s">
         <v>7</v>
       </c>
       <c r="C1376" t="s">
         <v>234</v>
       </c>
       <c r="D1376" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1376" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1376">
-        <v>7.1</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="1377">
       <c r="A1377" t="s">
         <v>6</v>
       </c>
       <c r="B1377" t="s">
         <v>7</v>
       </c>
       <c r="C1377" t="s">
         <v>234</v>
       </c>
       <c r="D1377" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1377" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1377">
-        <v>7.62</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="1378">
       <c r="A1378" t="s">
         <v>6</v>
       </c>
       <c r="B1378" t="s">
         <v>7</v>
       </c>
       <c r="C1378" t="s">
         <v>234</v>
       </c>
       <c r="D1378" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1378" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1378">
         <v>7.62</v>
       </c>
     </row>
     <row r="1379">
       <c r="A1379" t="s">
         <v>6</v>
       </c>
       <c r="B1379" t="s">
         <v>7</v>
       </c>
       <c r="C1379" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="D1379" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1379" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1379">
-        <v>5.17</v>
+        <v>7.62</v>
       </c>
     </row>
     <row r="1380">
       <c r="A1380" t="s">
         <v>6</v>
       </c>
       <c r="B1380" t="s">
         <v>7</v>
       </c>
       <c r="C1380" t="s">
         <v>235</v>
       </c>
       <c r="D1380" s="2">
-        <v>43465</v>
+        <v>41639</v>
       </c>
       <c r="E1380" s="3">
-        <v>2018</v>
+        <v>2013</v>
       </c>
       <c r="F1380">
-        <v>4.5</v>
+        <v>5.17</v>
       </c>
     </row>
     <row r="1381">
       <c r="A1381" t="s">
         <v>6</v>
       </c>
       <c r="B1381" t="s">
         <v>7</v>
       </c>
       <c r="C1381" t="s">
         <v>235</v>
       </c>
       <c r="D1381" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1381" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1381">
-        <v>4.4</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="1382">
       <c r="A1382" t="s">
         <v>6</v>
       </c>
       <c r="B1382" t="s">
         <v>7</v>
       </c>
       <c r="C1382" t="s">
         <v>235</v>
       </c>
       <c r="D1382" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1382" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1382">
-        <v>3.99</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="1383">
       <c r="A1383" t="s">
         <v>6</v>
       </c>
       <c r="B1383" t="s">
         <v>7</v>
       </c>
       <c r="C1383" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="D1383" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E1383" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F1383">
-        <v>3.206</v>
+        <v>3.99</v>
       </c>
     </row>
     <row r="1384">
       <c r="A1384" t="s">
         <v>6</v>
       </c>
       <c r="B1384" t="s">
         <v>7</v>
       </c>
       <c r="C1384" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="D1384" s="2">
-        <v>41274</v>
+        <v>41639</v>
       </c>
       <c r="E1384" s="3">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="F1384">
-        <v>5.398</v>
+        <v>3.206</v>
       </c>
     </row>
     <row r="1385">
       <c r="A1385" t="s">
         <v>6</v>
       </c>
       <c r="B1385" t="s">
         <v>7</v>
       </c>
       <c r="C1385" t="s">
         <v>237</v>
       </c>
       <c r="D1385" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1385" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1385">
-        <v>5.88</v>
+        <v>5.398</v>
       </c>
     </row>
     <row r="1386">
       <c r="A1386" t="s">
         <v>6</v>
       </c>
       <c r="B1386" t="s">
         <v>7</v>
       </c>
       <c r="C1386" t="s">
         <v>237</v>
       </c>
       <c r="D1386" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1386" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1386">
-        <v>5.3</v>
+        <v>5.88</v>
       </c>
     </row>
     <row r="1387">
       <c r="A1387" t="s">
         <v>6</v>
       </c>
       <c r="B1387" t="s">
         <v>7</v>
       </c>
       <c r="C1387" t="s">
         <v>237</v>
       </c>
       <c r="D1387" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1387" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1387">
-        <v>5.4</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="1388">
       <c r="A1388" t="s">
         <v>6</v>
       </c>
       <c r="B1388" t="s">
         <v>7</v>
       </c>
       <c r="C1388" t="s">
         <v>237</v>
       </c>
       <c r="D1388" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1388" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1388">
-        <v>5.8</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="1389">
       <c r="A1389" t="s">
         <v>6</v>
       </c>
       <c r="B1389" t="s">
         <v>7</v>
       </c>
       <c r="C1389" t="s">
         <v>237</v>
       </c>
       <c r="D1389" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1389" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1389">
-        <v>5.78</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="1390">
       <c r="A1390" t="s">
         <v>6</v>
       </c>
       <c r="B1390" t="s">
         <v>7</v>
       </c>
       <c r="C1390" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="D1390" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E1390" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F1390">
-        <v>5.009</v>
+        <v>5.78</v>
       </c>
     </row>
     <row r="1391">
       <c r="A1391" t="s">
         <v>6</v>
       </c>
       <c r="B1391" t="s">
         <v>7</v>
       </c>
       <c r="C1391" t="s">
         <v>238</v>
       </c>
       <c r="D1391" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1391" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1391">
-        <v>5.387</v>
+        <v>5.009</v>
       </c>
     </row>
     <row r="1392">
       <c r="A1392" t="s">
         <v>6</v>
       </c>
       <c r="B1392" t="s">
         <v>7</v>
       </c>
       <c r="C1392" t="s">
         <v>238</v>
       </c>
       <c r="D1392" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1392" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1392">
-        <v>5.4</v>
+        <v>5.387</v>
       </c>
     </row>
     <row r="1393">
       <c r="A1393" t="s">
         <v>6</v>
       </c>
       <c r="B1393" t="s">
         <v>7</v>
       </c>
       <c r="C1393" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="D1393" s="2">
-        <v>41639</v>
+        <v>42735</v>
       </c>
       <c r="E1393" s="3">
-        <v>2013</v>
+        <v>2016</v>
       </c>
       <c r="F1393">
-        <v>6.896</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="1394">
       <c r="A1394" t="s">
         <v>6</v>
       </c>
       <c r="B1394" t="s">
         <v>7</v>
       </c>
       <c r="C1394" t="s">
         <v>239</v>
       </c>
       <c r="D1394" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1394" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1394">
-        <v>6.11002</v>
+        <v>6.896</v>
       </c>
     </row>
     <row r="1395">
       <c r="A1395" t="s">
         <v>6</v>
       </c>
       <c r="B1395" t="s">
         <v>7</v>
       </c>
       <c r="C1395" t="s">
         <v>239</v>
       </c>
       <c r="D1395" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1395" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1395">
-        <v>6.4</v>
+        <v>6.11002</v>
       </c>
     </row>
     <row r="1396">
       <c r="A1396" t="s">
         <v>6</v>
       </c>
       <c r="B1396" t="s">
         <v>7</v>
       </c>
       <c r="C1396" t="s">
         <v>239</v>
       </c>
       <c r="D1396" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1396" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1396">
-        <v>6.5</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1397">
       <c r="A1397" t="s">
         <v>6</v>
       </c>
       <c r="B1397" t="s">
         <v>7</v>
       </c>
       <c r="C1397" t="s">
         <v>239</v>
       </c>
       <c r="D1397" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1397" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1397">
-        <v>6.6</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="1398">
       <c r="A1398" t="s">
         <v>6</v>
       </c>
       <c r="B1398" t="s">
         <v>7</v>
       </c>
       <c r="C1398" t="s">
         <v>239</v>
       </c>
       <c r="D1398" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1398" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1398">
-        <v>7.16</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1399">
       <c r="A1399" t="s">
         <v>6</v>
       </c>
       <c r="B1399" t="s">
         <v>7</v>
       </c>
       <c r="C1399" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="D1399" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1399" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1399">
-        <v>2.8</v>
+        <v>7.16</v>
       </c>
     </row>
     <row r="1400">
       <c r="A1400" t="s">
         <v>6</v>
       </c>
       <c r="B1400" t="s">
         <v>7</v>
       </c>
       <c r="C1400" t="s">
         <v>240</v>
       </c>
       <c r="D1400" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1400" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1400">
-        <v>2.929</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="1401">
       <c r="A1401" t="s">
         <v>6</v>
       </c>
       <c r="B1401" t="s">
         <v>7</v>
       </c>
       <c r="C1401" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="D1401" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E1401" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F1401">
-        <v>4.3</v>
+        <v>2.929</v>
       </c>
     </row>
     <row r="1402">
       <c r="A1402" t="s">
         <v>6</v>
       </c>
       <c r="B1402" t="s">
         <v>7</v>
       </c>
       <c r="C1402" t="s">
         <v>241</v>
       </c>
       <c r="D1402" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1402" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1402">
-        <v>4</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="1403">
       <c r="A1403" t="s">
         <v>6</v>
       </c>
       <c r="B1403" t="s">
         <v>7</v>
       </c>
       <c r="C1403" t="s">
         <v>241</v>
       </c>
       <c r="D1403" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1403" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1403">
-        <v>2.59</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1404">
       <c r="A1404" t="s">
         <v>6</v>
       </c>
       <c r="B1404" t="s">
         <v>7</v>
       </c>
       <c r="C1404" t="s">
         <v>241</v>
       </c>
       <c r="D1404" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1404" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1404">
-        <v>2.83</v>
+        <v>2.59</v>
       </c>
     </row>
     <row r="1405">
       <c r="A1405" t="s">
         <v>6</v>
       </c>
       <c r="B1405" t="s">
         <v>7</v>
       </c>
       <c r="C1405" t="s">
-        <v>242</v>
+        <v>241</v>
       </c>
       <c r="D1405" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E1405" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F1405">
-        <v>5.62</v>
+        <v>2.83</v>
       </c>
     </row>
     <row r="1406">
       <c r="A1406" t="s">
         <v>6</v>
       </c>
       <c r="B1406" t="s">
         <v>7</v>
       </c>
       <c r="C1406" t="s">
         <v>242</v>
       </c>
       <c r="D1406" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1406" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1406">
-        <v>5.9</v>
+        <v>5.62</v>
       </c>
     </row>
     <row r="1407">
       <c r="A1407" t="s">
         <v>6</v>
       </c>
       <c r="B1407" t="s">
         <v>7</v>
       </c>
       <c r="C1407" t="s">
         <v>242</v>
       </c>
       <c r="D1407" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1407" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1407">
         <v>5.9</v>
       </c>
     </row>
     <row r="1408">
       <c r="A1408" t="s">
         <v>6</v>
       </c>
       <c r="B1408" t="s">
         <v>7</v>
       </c>
       <c r="C1408" t="s">
         <v>242</v>
       </c>
       <c r="D1408" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1408" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1408">
-        <v>5.8</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="1409">
       <c r="A1409" t="s">
         <v>6</v>
       </c>
       <c r="B1409" t="s">
         <v>7</v>
       </c>
       <c r="C1409" t="s">
         <v>242</v>
       </c>
       <c r="D1409" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1409" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1409">
-        <v>6.1</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="1410">
       <c r="A1410" t="s">
         <v>6</v>
       </c>
       <c r="B1410" t="s">
         <v>7</v>
       </c>
       <c r="C1410" t="s">
         <v>242</v>
       </c>
       <c r="D1410" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1410" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1410">
-        <v>6</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="1411">
       <c r="A1411" t="s">
         <v>6</v>
       </c>
       <c r="B1411" t="s">
         <v>7</v>
       </c>
       <c r="C1411" t="s">
         <v>242</v>
       </c>
       <c r="D1411" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1411" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1411">
         <v>6</v>
       </c>
     </row>
     <row r="1412">
       <c r="A1412" t="s">
         <v>6</v>
       </c>
       <c r="B1412" t="s">
         <v>7</v>
       </c>
       <c r="C1412" t="s">
         <v>242</v>
       </c>
       <c r="D1412" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1412" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1412">
-        <v>5.95</v>
+        <v>6</v>
       </c>
     </row>
     <row r="1413">
       <c r="A1413" t="s">
         <v>6</v>
       </c>
       <c r="B1413" t="s">
         <v>7</v>
       </c>
       <c r="C1413" t="s">
         <v>242</v>
       </c>
       <c r="D1413" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1413" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1413">
-        <v>5.53</v>
+        <v>5.95</v>
       </c>
     </row>
     <row r="1414">
       <c r="A1414" t="s">
         <v>6</v>
       </c>
       <c r="B1414" t="s">
         <v>7</v>
       </c>
       <c r="C1414" t="s">
-        <v>243</v>
+        <v>242</v>
       </c>
       <c r="D1414" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1414" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1414">
-        <v>6.506</v>
+        <v>5.53</v>
       </c>
     </row>
     <row r="1415">
       <c r="A1415" t="s">
         <v>6</v>
       </c>
       <c r="B1415" t="s">
         <v>7</v>
       </c>
       <c r="C1415" t="s">
         <v>243</v>
       </c>
       <c r="D1415" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1415" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1415">
-        <v>5.992</v>
+        <v>6.506</v>
       </c>
     </row>
     <row r="1416">
       <c r="A1416" t="s">
         <v>6</v>
       </c>
       <c r="B1416" t="s">
         <v>7</v>
       </c>
       <c r="C1416" t="s">
         <v>243</v>
       </c>
       <c r="D1416" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1416" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1416">
-        <v>6.57</v>
+        <v>5.992</v>
       </c>
     </row>
     <row r="1417">
       <c r="A1417" t="s">
         <v>6</v>
       </c>
       <c r="B1417" t="s">
         <v>7</v>
       </c>
       <c r="C1417" t="s">
         <v>243</v>
       </c>
       <c r="D1417" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1417" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1417">
-        <v>6.50181</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="1418">
       <c r="A1418" t="s">
         <v>6</v>
       </c>
       <c r="B1418" t="s">
         <v>7</v>
       </c>
       <c r="C1418" t="s">
         <v>243</v>
       </c>
       <c r="D1418" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1418" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1418">
-        <v>6.7</v>
+        <v>6.50181</v>
       </c>
     </row>
     <row r="1419">
       <c r="A1419" t="s">
         <v>6</v>
       </c>
       <c r="B1419" t="s">
         <v>7</v>
       </c>
       <c r="C1419" t="s">
         <v>243</v>
       </c>
       <c r="D1419" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1419" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1419">
-        <v>6.6</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="1420">
       <c r="A1420" t="s">
         <v>6</v>
       </c>
       <c r="B1420" t="s">
         <v>7</v>
       </c>
       <c r="C1420" t="s">
         <v>243</v>
       </c>
       <c r="D1420" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1420" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1420">
-        <v>6.3</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1421">
       <c r="A1421" t="s">
         <v>6</v>
       </c>
       <c r="B1421" t="s">
         <v>7</v>
       </c>
       <c r="C1421" t="s">
         <v>243</v>
       </c>
       <c r="D1421" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1421" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1421">
         <v>6.3</v>
       </c>
     </row>
     <row r="1422">
       <c r="A1422" t="s">
         <v>6</v>
       </c>
       <c r="B1422" t="s">
         <v>7</v>
       </c>
       <c r="C1422" t="s">
         <v>243</v>
       </c>
       <c r="D1422" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1422" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1422">
-        <v>6.6</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="1423">
       <c r="A1423" t="s">
         <v>6</v>
       </c>
       <c r="B1423" t="s">
         <v>7</v>
       </c>
       <c r="C1423" t="s">
         <v>243</v>
       </c>
       <c r="D1423" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1423" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1423">
-        <v>7.59</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1424">
       <c r="A1424" t="s">
         <v>6</v>
       </c>
       <c r="B1424" t="s">
         <v>7</v>
       </c>
       <c r="C1424" t="s">
         <v>243</v>
       </c>
       <c r="D1424" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1424" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1424">
-        <v>6.88</v>
+        <v>7.59</v>
       </c>
     </row>
     <row r="1425">
       <c r="A1425" t="s">
         <v>6</v>
       </c>
       <c r="B1425" t="s">
         <v>7</v>
       </c>
       <c r="C1425" t="s">
         <v>243</v>
       </c>
       <c r="D1425" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1425" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1425">
-        <v>7.71</v>
+        <v>6.88</v>
       </c>
     </row>
     <row r="1426">
       <c r="A1426" t="s">
         <v>6</v>
       </c>
       <c r="B1426" t="s">
         <v>7</v>
       </c>
       <c r="C1426" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="D1426" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1426" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1426">
-        <v>7.355</v>
+        <v>7.71</v>
       </c>
     </row>
     <row r="1427">
       <c r="A1427" t="s">
         <v>6</v>
       </c>
       <c r="B1427" t="s">
         <v>7</v>
       </c>
       <c r="C1427" t="s">
         <v>244</v>
       </c>
       <c r="D1427" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1427" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1427">
-        <v>7.178</v>
+        <v>7.355</v>
       </c>
     </row>
     <row r="1428">
       <c r="A1428" t="s">
         <v>6</v>
       </c>
       <c r="B1428" t="s">
         <v>7</v>
       </c>
       <c r="C1428" t="s">
         <v>244</v>
       </c>
       <c r="D1428" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1428" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1428">
-        <v>7.5</v>
+        <v>7.178</v>
       </c>
     </row>
     <row r="1429">
       <c r="A1429" t="s">
         <v>6</v>
       </c>
       <c r="B1429" t="s">
         <v>7</v>
       </c>
       <c r="C1429" t="s">
         <v>244</v>
       </c>
       <c r="D1429" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E1429" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F1429">
-        <v>7.4</v>
+        <v>7.5</v>
       </c>
     </row>
     <row r="1430">
       <c r="A1430" t="s">
         <v>6</v>
       </c>
       <c r="B1430" t="s">
         <v>7</v>
       </c>
       <c r="C1430" t="s">
         <v>244</v>
       </c>
       <c r="D1430" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1430" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1430">
-        <v>7.55</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="1431">
       <c r="A1431" t="s">
         <v>6</v>
       </c>
       <c r="B1431" t="s">
         <v>7</v>
       </c>
       <c r="C1431" t="s">
         <v>244</v>
       </c>
       <c r="D1431" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1431" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1431">
-        <v>7.16</v>
+        <v>7.55</v>
       </c>
     </row>
     <row r="1432">
       <c r="A1432" t="s">
         <v>6</v>
       </c>
       <c r="B1432" t="s">
         <v>7</v>
       </c>
       <c r="C1432" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="D1432" s="2">
-        <v>43830</v>
+        <v>45291</v>
       </c>
       <c r="E1432" s="3">
-        <v>2019</v>
+        <v>2023</v>
       </c>
       <c r="F1432">
-        <v>4</v>
+        <v>7.16</v>
       </c>
     </row>
     <row r="1433">
       <c r="A1433" t="s">
         <v>6</v>
       </c>
       <c r="B1433" t="s">
         <v>7</v>
       </c>
       <c r="C1433" t="s">
         <v>245</v>
       </c>
       <c r="D1433" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1433" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1433">
-        <v>2.94</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1434">
       <c r="A1434" t="s">
         <v>6</v>
       </c>
       <c r="B1434" t="s">
         <v>7</v>
       </c>
       <c r="C1434" t="s">
         <v>245</v>
       </c>
       <c r="D1434" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1434" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1434">
-        <v>3.13</v>
+        <v>2.94</v>
       </c>
     </row>
     <row r="1435">
       <c r="A1435" t="s">
         <v>6</v>
       </c>
       <c r="B1435" t="s">
         <v>7</v>
       </c>
       <c r="C1435" t="s">
-        <v>246</v>
+        <v>245</v>
       </c>
       <c r="D1435" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1435" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1435">
-        <v>3.775</v>
+        <v>3.13</v>
       </c>
     </row>
     <row r="1436">
       <c r="A1436" t="s">
         <v>6</v>
       </c>
       <c r="B1436" t="s">
         <v>7</v>
       </c>
       <c r="C1436" t="s">
         <v>246</v>
       </c>
       <c r="D1436" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E1436" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F1436">
-        <v>3.9</v>
+        <v>3.775</v>
       </c>
     </row>
     <row r="1437">
       <c r="A1437" t="s">
         <v>6</v>
       </c>
       <c r="B1437" t="s">
         <v>7</v>
       </c>
       <c r="C1437" t="s">
-        <v>247</v>
+        <v>246</v>
       </c>
       <c r="D1437" s="2">
-        <v>42004</v>
+        <v>42735</v>
       </c>
       <c r="E1437" s="3">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="F1437">
-        <v>4.954</v>
+        <v>3.9</v>
       </c>
     </row>
     <row r="1438">
       <c r="A1438" t="s">
         <v>6</v>
       </c>
       <c r="B1438" t="s">
         <v>7</v>
       </c>
       <c r="C1438" t="s">
         <v>247</v>
       </c>
       <c r="D1438" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1438" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1438">
-        <v>4.5</v>
+        <v>4.954</v>
       </c>
     </row>
     <row r="1439">
       <c r="A1439" t="s">
         <v>6</v>
       </c>
       <c r="B1439" t="s">
         <v>7</v>
       </c>
       <c r="C1439" t="s">
         <v>247</v>
       </c>
       <c r="D1439" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E1439" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F1439">
-        <v>4.8</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="1440">
       <c r="A1440" t="s">
         <v>6</v>
       </c>
       <c r="B1440" t="s">
         <v>7</v>
       </c>
       <c r="C1440" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
       <c r="D1440" s="2">
-        <v>41639</v>
+        <v>43830</v>
       </c>
       <c r="E1440" s="3">
-        <v>2013</v>
+        <v>2019</v>
       </c>
       <c r="F1440">
-        <v>4.817</v>
+        <v>4.8</v>
       </c>
     </row>
     <row r="1441">
       <c r="A1441" t="s">
         <v>6</v>
       </c>
       <c r="B1441" t="s">
         <v>7</v>
       </c>
       <c r="C1441" t="s">
         <v>248</v>
       </c>
       <c r="D1441" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1441" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1441">
-        <v>4.70482</v>
+        <v>4.817</v>
       </c>
     </row>
     <row r="1442">
       <c r="A1442" t="s">
         <v>6</v>
       </c>
       <c r="B1442" t="s">
         <v>7</v>
       </c>
       <c r="C1442" t="s">
         <v>248</v>
       </c>
       <c r="D1442" s="2">
-        <v>43830</v>
+        <v>42369</v>
       </c>
       <c r="E1442" s="3">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="F1442">
-        <v>4.9</v>
+        <v>4.70482</v>
       </c>
     </row>
     <row r="1443">
       <c r="A1443" t="s">
         <v>6</v>
       </c>
       <c r="B1443" t="s">
         <v>7</v>
       </c>
       <c r="C1443" t="s">
         <v>248</v>
       </c>
       <c r="D1443" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1443" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1443">
-        <v>4.55</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="1444">
       <c r="A1444" t="s">
         <v>6</v>
       </c>
       <c r="B1444" t="s">
         <v>7</v>
       </c>
       <c r="C1444" t="s">
         <v>248</v>
       </c>
       <c r="D1444" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1444" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1444">
-        <v>4.57</v>
+        <v>4.55</v>
       </c>
     </row>
     <row r="1445">
       <c r="A1445" t="s">
         <v>6</v>
       </c>
       <c r="B1445" t="s">
         <v>7</v>
       </c>
       <c r="C1445" t="s">
         <v>248</v>
       </c>
       <c r="D1445" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1445" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1445">
-        <v>5.36</v>
+        <v>4.57</v>
       </c>
     </row>
     <row r="1446">
       <c r="A1446" t="s">
         <v>6</v>
       </c>
       <c r="B1446" t="s">
         <v>7</v>
       </c>
       <c r="C1446" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="D1446" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1446" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1446">
-        <v>5.274</v>
+        <v>5.36</v>
       </c>
     </row>
     <row r="1447">
       <c r="A1447" t="s">
         <v>6</v>
       </c>
       <c r="B1447" t="s">
         <v>7</v>
       </c>
       <c r="C1447" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="D1447" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1447" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1447">
-        <v>6.251</v>
+        <v>5.274</v>
       </c>
     </row>
     <row r="1448">
       <c r="A1448" t="s">
         <v>6</v>
       </c>
       <c r="B1448" t="s">
         <v>7</v>
       </c>
       <c r="C1448" t="s">
         <v>250</v>
       </c>
       <c r="D1448" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1448" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1448">
-        <v>6.43031</v>
+        <v>6.251</v>
       </c>
     </row>
     <row r="1449">
       <c r="A1449" t="s">
         <v>6</v>
       </c>
       <c r="B1449" t="s">
         <v>7</v>
       </c>
       <c r="C1449" t="s">
         <v>250</v>
       </c>
       <c r="D1449" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1449" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1449">
-        <v>6.4</v>
+        <v>6.43031</v>
       </c>
     </row>
     <row r="1450">
       <c r="A1450" t="s">
         <v>6</v>
       </c>
       <c r="B1450" t="s">
         <v>7</v>
       </c>
       <c r="C1450" t="s">
         <v>250</v>
       </c>
       <c r="D1450" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1450" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1450">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1451">
       <c r="A1451" t="s">
         <v>6</v>
       </c>
       <c r="B1451" t="s">
         <v>7</v>
       </c>
       <c r="C1451" t="s">
         <v>250</v>
       </c>
       <c r="D1451" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1451" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1451">
-        <v>6.4</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="1452">
       <c r="A1452" t="s">
         <v>6</v>
       </c>
       <c r="B1452" t="s">
         <v>7</v>
       </c>
       <c r="C1452" t="s">
         <v>250</v>
       </c>
       <c r="D1452" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1452" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1452">
-        <v>6.14</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1453">
       <c r="A1453" t="s">
         <v>6</v>
       </c>
       <c r="B1453" t="s">
         <v>7</v>
       </c>
       <c r="C1453" t="s">
         <v>250</v>
       </c>
       <c r="D1453" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1453" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1453">
-        <v>6.81</v>
+        <v>6.14</v>
       </c>
     </row>
     <row r="1454">
       <c r="A1454" t="s">
         <v>6</v>
       </c>
       <c r="B1454" t="s">
         <v>7</v>
       </c>
       <c r="C1454" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="D1454" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E1454" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F1454">
-        <v>6.41</v>
+        <v>6.81</v>
       </c>
     </row>
     <row r="1455">
       <c r="A1455" t="s">
         <v>6</v>
       </c>
       <c r="B1455" t="s">
         <v>7</v>
       </c>
       <c r="C1455" t="s">
         <v>251</v>
       </c>
       <c r="D1455" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1455" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1455">
-        <v>6.013</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="1456">
       <c r="A1456" t="s">
         <v>6</v>
       </c>
       <c r="B1456" t="s">
         <v>7</v>
       </c>
       <c r="C1456" t="s">
         <v>251</v>
       </c>
       <c r="D1456" s="2">
-        <v>43100</v>
+        <v>42004</v>
       </c>
       <c r="E1456" s="3">
-        <v>2017</v>
+        <v>2014</v>
       </c>
       <c r="F1456">
-        <v>6.4</v>
+        <v>6.013</v>
       </c>
     </row>
     <row r="1457">
       <c r="A1457" t="s">
         <v>6</v>
       </c>
       <c r="B1457" t="s">
         <v>7</v>
       </c>
       <c r="C1457" t="s">
         <v>251</v>
       </c>
       <c r="D1457" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1457" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1457">
-        <v>6.1</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1458">
       <c r="A1458" t="s">
         <v>6</v>
       </c>
       <c r="B1458" t="s">
         <v>7</v>
       </c>
       <c r="C1458" t="s">
         <v>251</v>
       </c>
       <c r="D1458" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1458" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1458">
-        <v>6.08</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="1459">
       <c r="A1459" t="s">
         <v>6</v>
       </c>
       <c r="B1459" t="s">
         <v>7</v>
       </c>
       <c r="C1459" t="s">
         <v>251</v>
       </c>
       <c r="D1459" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1459" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1459">
-        <v>6.38</v>
+        <v>6.08</v>
       </c>
     </row>
     <row r="1460">
       <c r="A1460" t="s">
         <v>6</v>
       </c>
       <c r="B1460" t="s">
         <v>7</v>
       </c>
       <c r="C1460" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="D1460" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1460" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1460">
-        <v>6.33</v>
+        <v>6.38</v>
       </c>
     </row>
     <row r="1461">
       <c r="A1461" t="s">
         <v>6</v>
       </c>
       <c r="B1461" t="s">
         <v>7</v>
       </c>
       <c r="C1461" t="s">
         <v>252</v>
       </c>
       <c r="D1461" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1461" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1461">
-        <v>6.023</v>
+        <v>6.33</v>
       </c>
     </row>
     <row r="1462">
       <c r="A1462" t="s">
         <v>6</v>
       </c>
       <c r="B1462" t="s">
         <v>7</v>
       </c>
       <c r="C1462" t="s">
         <v>252</v>
       </c>
       <c r="D1462" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1462" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1462">
-        <v>6.479</v>
+        <v>6.023</v>
       </c>
     </row>
     <row r="1463">
       <c r="A1463" t="s">
         <v>6</v>
       </c>
       <c r="B1463" t="s">
         <v>7</v>
       </c>
       <c r="C1463" t="s">
         <v>252</v>
       </c>
       <c r="D1463" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1463" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1463">
-        <v>6.36341</v>
+        <v>6.479</v>
       </c>
     </row>
     <row r="1464">
       <c r="A1464" t="s">
         <v>6</v>
       </c>
       <c r="B1464" t="s">
         <v>7</v>
       </c>
       <c r="C1464" t="s">
         <v>252</v>
       </c>
       <c r="D1464" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1464" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1464">
-        <v>6.1</v>
+        <v>6.36341</v>
       </c>
     </row>
     <row r="1465">
       <c r="A1465" t="s">
         <v>6</v>
       </c>
       <c r="B1465" t="s">
         <v>7</v>
       </c>
       <c r="C1465" t="s">
         <v>252</v>
       </c>
       <c r="D1465" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1465" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1465">
         <v>6.1</v>
       </c>
     </row>
     <row r="1466">
       <c r="A1466" t="s">
         <v>6</v>
       </c>
       <c r="B1466" t="s">
         <v>7</v>
       </c>
       <c r="C1466" t="s">
         <v>252</v>
       </c>
       <c r="D1466" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1466" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1466">
-        <v>6.3</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="1467">
       <c r="A1467" t="s">
         <v>6</v>
       </c>
       <c r="B1467" t="s">
         <v>7</v>
       </c>
       <c r="C1467" t="s">
         <v>252</v>
       </c>
       <c r="D1467" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1467" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1467">
-        <v>6.6</v>
+        <v>6.3</v>
       </c>
     </row>
     <row r="1468">
       <c r="A1468" t="s">
         <v>6</v>
       </c>
       <c r="B1468" t="s">
         <v>7</v>
       </c>
       <c r="C1468" t="s">
         <v>252</v>
       </c>
       <c r="D1468" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1468" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1468">
-        <v>7.01</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1469">
       <c r="A1469" t="s">
         <v>6</v>
       </c>
       <c r="B1469" t="s">
         <v>7</v>
       </c>
       <c r="C1469" t="s">
         <v>252</v>
       </c>
       <c r="D1469" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1469" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1469">
-        <v>6.88</v>
+        <v>7.01</v>
       </c>
     </row>
     <row r="1470">
       <c r="A1470" t="s">
         <v>6</v>
       </c>
       <c r="B1470" t="s">
         <v>7</v>
       </c>
       <c r="C1470" t="s">
         <v>252</v>
       </c>
       <c r="D1470" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1470" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1470">
-        <v>7.39</v>
+        <v>6.88</v>
       </c>
     </row>
     <row r="1471">
       <c r="A1471" t="s">
         <v>6</v>
       </c>
       <c r="B1471" t="s">
         <v>7</v>
       </c>
       <c r="C1471" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="D1471" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1471" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1471">
-        <v>4.785</v>
+        <v>7.39</v>
       </c>
     </row>
     <row r="1472">
       <c r="A1472" t="s">
         <v>6</v>
       </c>
       <c r="B1472" t="s">
         <v>7</v>
       </c>
       <c r="C1472" t="s">
         <v>253</v>
       </c>
       <c r="D1472" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E1472" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F1472">
-        <v>4.81969</v>
+        <v>4.785</v>
       </c>
     </row>
     <row r="1473">
       <c r="A1473" t="s">
         <v>6</v>
       </c>
       <c r="B1473" t="s">
         <v>7</v>
       </c>
       <c r="C1473" t="s">
         <v>253</v>
       </c>
       <c r="D1473" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1473" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1473">
-        <v>5.1</v>
+        <v>4.81969</v>
       </c>
     </row>
     <row r="1474">
       <c r="A1474" t="s">
         <v>6</v>
       </c>
       <c r="B1474" t="s">
         <v>7</v>
       </c>
       <c r="C1474" t="s">
         <v>253</v>
       </c>
       <c r="D1474" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1474" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1474">
-        <v>5.4</v>
+        <v>5.1</v>
       </c>
     </row>
     <row r="1475">
       <c r="A1475" t="s">
         <v>6</v>
       </c>
       <c r="B1475" t="s">
         <v>7</v>
       </c>
       <c r="C1475" t="s">
         <v>253</v>
       </c>
       <c r="D1475" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1475" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1475">
-        <v>4.9</v>
+        <v>5.4</v>
       </c>
     </row>
     <row r="1476">
       <c r="A1476" t="s">
         <v>6</v>
       </c>
       <c r="B1476" t="s">
         <v>7</v>
       </c>
       <c r="C1476" t="s">
         <v>253</v>
       </c>
       <c r="D1476" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1476" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1476">
-        <v>4.16</v>
+        <v>4.9</v>
       </c>
     </row>
     <row r="1477">
       <c r="A1477" t="s">
         <v>6</v>
       </c>
       <c r="B1477" t="s">
         <v>7</v>
       </c>
       <c r="C1477" t="s">
         <v>253</v>
       </c>
       <c r="D1477" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1477" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1477">
-        <v>3.56</v>
+        <v>4.16</v>
       </c>
     </row>
     <row r="1478">
       <c r="A1478" t="s">
         <v>6</v>
       </c>
       <c r="B1478" t="s">
         <v>7</v>
       </c>
       <c r="C1478" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="D1478" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1478" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1478">
-        <v>3.947</v>
+        <v>3.56</v>
       </c>
     </row>
     <row r="1479">
       <c r="A1479" t="s">
         <v>6</v>
       </c>
       <c r="B1479" t="s">
         <v>7</v>
       </c>
       <c r="C1479" t="s">
         <v>254</v>
       </c>
       <c r="D1479" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1479" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1479">
-        <v>3.872</v>
+        <v>3.947</v>
       </c>
     </row>
     <row r="1480">
       <c r="A1480" t="s">
         <v>6</v>
       </c>
       <c r="B1480" t="s">
         <v>7</v>
       </c>
       <c r="C1480" t="s">
         <v>254</v>
       </c>
       <c r="D1480" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1480" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1480">
-        <v>4</v>
+        <v>3.872</v>
       </c>
     </row>
     <row r="1481">
       <c r="A1481" t="s">
         <v>6</v>
       </c>
       <c r="B1481" t="s">
         <v>7</v>
       </c>
       <c r="C1481" t="s">
         <v>254</v>
       </c>
       <c r="D1481" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E1481" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F1481">
-        <v>4.5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="1482">
       <c r="A1482" t="s">
         <v>6</v>
       </c>
       <c r="B1482" t="s">
         <v>7</v>
       </c>
       <c r="C1482" t="s">
         <v>254</v>
       </c>
       <c r="D1482" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1482" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1482">
-        <v>3.82</v>
+        <v>4.5</v>
       </c>
     </row>
     <row r="1483">
       <c r="A1483" t="s">
         <v>6</v>
       </c>
       <c r="B1483" t="s">
         <v>7</v>
       </c>
       <c r="C1483" t="s">
         <v>254</v>
       </c>
       <c r="D1483" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1483" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1483">
-        <v>4.74</v>
+        <v>3.82</v>
       </c>
     </row>
     <row r="1484">
       <c r="A1484" t="s">
         <v>6</v>
       </c>
       <c r="B1484" t="s">
         <v>7</v>
       </c>
       <c r="C1484" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="D1484" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1484" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1484">
-        <v>6.674</v>
+        <v>4.74</v>
       </c>
     </row>
     <row r="1485">
       <c r="A1485" t="s">
         <v>6</v>
       </c>
       <c r="B1485" t="s">
         <v>7</v>
       </c>
       <c r="C1485" t="s">
         <v>255</v>
       </c>
       <c r="D1485" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1485" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1485">
-        <v>7.227</v>
+        <v>6.674</v>
       </c>
     </row>
     <row r="1486">
       <c r="A1486" t="s">
         <v>6</v>
       </c>
       <c r="B1486" t="s">
         <v>7</v>
       </c>
       <c r="C1486" t="s">
         <v>255</v>
       </c>
       <c r="D1486" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1486" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1486">
-        <v>7.20003</v>
+        <v>7.227</v>
       </c>
     </row>
     <row r="1487">
       <c r="A1487" t="s">
         <v>6</v>
       </c>
       <c r="B1487" t="s">
         <v>7</v>
       </c>
       <c r="C1487" t="s">
         <v>255</v>
       </c>
       <c r="D1487" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1487" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1487">
-        <v>7.4</v>
+        <v>7.20003</v>
       </c>
     </row>
     <row r="1488">
       <c r="A1488" t="s">
         <v>6</v>
       </c>
       <c r="B1488" t="s">
         <v>7</v>
       </c>
       <c r="C1488" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="D1488" s="2">
-        <v>41274</v>
+        <v>42735</v>
       </c>
       <c r="E1488" s="3">
-        <v>2012</v>
+        <v>2016</v>
       </c>
       <c r="F1488">
-        <v>6.286</v>
+        <v>7.4</v>
       </c>
     </row>
     <row r="1489">
       <c r="A1489" t="s">
         <v>6</v>
       </c>
       <c r="B1489" t="s">
         <v>7</v>
       </c>
       <c r="C1489" t="s">
         <v>256</v>
       </c>
       <c r="D1489" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1489" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1489">
-        <v>6.782</v>
+        <v>6.286</v>
       </c>
     </row>
     <row r="1490">
       <c r="A1490" t="s">
         <v>6</v>
       </c>
       <c r="B1490" t="s">
         <v>7</v>
       </c>
       <c r="C1490" t="s">
         <v>256</v>
       </c>
       <c r="D1490" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1490" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1490">
-        <v>6.8</v>
+        <v>6.782</v>
       </c>
     </row>
     <row r="1491">
       <c r="A1491" t="s">
         <v>6</v>
       </c>
       <c r="B1491" t="s">
         <v>7</v>
       </c>
       <c r="C1491" t="s">
         <v>256</v>
       </c>
       <c r="D1491" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1491" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1491">
-        <v>6.6</v>
+        <v>6.8</v>
       </c>
     </row>
     <row r="1492">
       <c r="A1492" t="s">
         <v>6</v>
       </c>
       <c r="B1492" t="s">
         <v>7</v>
       </c>
       <c r="C1492" t="s">
         <v>256</v>
       </c>
       <c r="D1492" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1492" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1492">
-        <v>6.5</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1493">
       <c r="A1493" t="s">
         <v>6</v>
       </c>
       <c r="B1493" t="s">
         <v>7</v>
       </c>
       <c r="C1493" t="s">
         <v>256</v>
       </c>
       <c r="D1493" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1493" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1493">
-        <v>6.92</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="1494">
       <c r="A1494" t="s">
         <v>6</v>
       </c>
       <c r="B1494" t="s">
         <v>7</v>
       </c>
       <c r="C1494" t="s">
         <v>256</v>
       </c>
       <c r="D1494" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1494" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1494">
-        <v>7.08</v>
+        <v>6.92</v>
       </c>
     </row>
     <row r="1495">
       <c r="A1495" t="s">
         <v>6</v>
       </c>
       <c r="B1495" t="s">
         <v>7</v>
       </c>
       <c r="C1495" t="s">
         <v>256</v>
       </c>
       <c r="D1495" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1495" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1495">
         <v>7.08</v>
       </c>
     </row>
     <row r="1496">
       <c r="A1496" t="s">
         <v>6</v>
       </c>
       <c r="B1496" t="s">
         <v>7</v>
       </c>
       <c r="C1496" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="D1496" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1496" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1496">
-        <v>6.698</v>
+        <v>7.08</v>
       </c>
     </row>
     <row r="1497">
       <c r="A1497" t="s">
         <v>6</v>
       </c>
       <c r="B1497" t="s">
         <v>7</v>
       </c>
       <c r="C1497" t="s">
         <v>257</v>
       </c>
       <c r="D1497" s="2">
-        <v>44561</v>
+        <v>41274</v>
       </c>
       <c r="E1497" s="3">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="F1497">
-        <v>5.93</v>
+        <v>6.698</v>
       </c>
     </row>
     <row r="1498">
       <c r="A1498" t="s">
         <v>6</v>
       </c>
       <c r="B1498" t="s">
         <v>7</v>
       </c>
       <c r="C1498" t="s">
         <v>257</v>
       </c>
       <c r="D1498" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1498" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1498">
-        <v>6.41</v>
+        <v>5.93</v>
       </c>
     </row>
     <row r="1499">
       <c r="A1499" t="s">
         <v>6</v>
       </c>
       <c r="B1499" t="s">
         <v>7</v>
       </c>
       <c r="C1499" t="s">
-        <v>258</v>
+        <v>257</v>
       </c>
       <c r="D1499" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1499" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1499">
-        <v>4.619</v>
+        <v>6.41</v>
       </c>
     </row>
     <row r="1500">
       <c r="A1500" t="s">
         <v>6</v>
       </c>
       <c r="B1500" t="s">
         <v>7</v>
       </c>
       <c r="C1500" t="s">
         <v>258</v>
       </c>
       <c r="D1500" s="2">
-        <v>44561</v>
+        <v>41274</v>
       </c>
       <c r="E1500" s="3">
-        <v>2021</v>
+        <v>2012</v>
       </c>
       <c r="F1500">
-        <v>3.77</v>
+        <v>4.619</v>
       </c>
     </row>
     <row r="1501">
       <c r="A1501" t="s">
         <v>6</v>
       </c>
       <c r="B1501" t="s">
         <v>7</v>
       </c>
       <c r="C1501" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="D1501" s="2">
-        <v>41639</v>
+        <v>44561</v>
       </c>
       <c r="E1501" s="3">
-        <v>2013</v>
+        <v>2021</v>
       </c>
       <c r="F1501">
-        <v>3.933</v>
+        <v>3.77</v>
       </c>
     </row>
     <row r="1502">
       <c r="A1502" t="s">
         <v>6</v>
       </c>
       <c r="B1502" t="s">
         <v>7</v>
       </c>
       <c r="C1502" t="s">
         <v>259</v>
       </c>
       <c r="D1502" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E1502" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F1502">
-        <v>3.4</v>
+        <v>3.933</v>
       </c>
     </row>
     <row r="1503">
       <c r="A1503" t="s">
         <v>6</v>
       </c>
       <c r="B1503" t="s">
         <v>7</v>
       </c>
       <c r="C1503" t="s">
         <v>259</v>
       </c>
       <c r="D1503" s="2">
-        <v>44926</v>
+        <v>42735</v>
       </c>
       <c r="E1503" s="3">
-        <v>2022</v>
+        <v>2016</v>
       </c>
       <c r="F1503">
-        <v>1.43</v>
+        <v>3.4</v>
       </c>
     </row>
     <row r="1504">
       <c r="A1504" t="s">
         <v>6</v>
       </c>
       <c r="B1504" t="s">
         <v>7</v>
       </c>
       <c r="C1504" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="D1504" s="2">
-        <v>42369</v>
+        <v>44926</v>
       </c>
       <c r="E1504" s="3">
-        <v>2015</v>
+        <v>2022</v>
       </c>
       <c r="F1504">
-        <v>3.14702</v>
+        <v>1.43</v>
       </c>
     </row>
     <row r="1505">
       <c r="A1505" t="s">
         <v>6</v>
       </c>
       <c r="B1505" t="s">
         <v>7</v>
       </c>
       <c r="C1505" t="s">
         <v>260</v>
       </c>
       <c r="D1505" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1505" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1505">
-        <v>3.5</v>
+        <v>3.14702</v>
       </c>
     </row>
     <row r="1506">
       <c r="A1506" t="s">
         <v>6</v>
       </c>
       <c r="B1506" t="s">
         <v>7</v>
       </c>
       <c r="C1506" t="s">
         <v>260</v>
       </c>
       <c r="D1506" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1506" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1506">
-        <v>3.6</v>
+        <v>3.5</v>
       </c>
     </row>
     <row r="1507">
       <c r="A1507" t="s">
         <v>6</v>
       </c>
       <c r="B1507" t="s">
         <v>7</v>
       </c>
       <c r="C1507" t="s">
         <v>260</v>
       </c>
       <c r="D1507" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1507" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1507">
-        <v>3.3</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="1508">
       <c r="A1508" t="s">
         <v>6</v>
       </c>
       <c r="B1508" t="s">
         <v>7</v>
       </c>
       <c r="C1508" t="s">
         <v>260</v>
       </c>
       <c r="D1508" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1508" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1508">
-        <v>2.02</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="1509">
       <c r="A1509" t="s">
         <v>6</v>
       </c>
       <c r="B1509" t="s">
         <v>7</v>
       </c>
       <c r="C1509" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="D1509" s="2">
-        <v>43830</v>
+        <v>44926</v>
       </c>
       <c r="E1509" s="3">
-        <v>2019</v>
+        <v>2022</v>
       </c>
       <c r="F1509">
-        <v>3.6</v>
+        <v>2.02</v>
       </c>
     </row>
     <row r="1510">
       <c r="A1510" t="s">
         <v>6</v>
       </c>
       <c r="B1510" t="s">
         <v>7</v>
       </c>
       <c r="C1510" t="s">
         <v>261</v>
       </c>
       <c r="D1510" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E1510" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F1510">
-        <v>2.17</v>
+        <v>3.6</v>
       </c>
     </row>
     <row r="1511">
       <c r="A1511" t="s">
         <v>6</v>
       </c>
       <c r="B1511" t="s">
         <v>7</v>
       </c>
       <c r="C1511" t="s">
         <v>261</v>
       </c>
       <c r="D1511" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1511" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1511">
-        <v>2.4</v>
+        <v>2.17</v>
       </c>
     </row>
     <row r="1512">
       <c r="A1512" t="s">
         <v>6</v>
       </c>
       <c r="B1512" t="s">
         <v>7</v>
       </c>
       <c r="C1512" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="D1512" s="2">
-        <v>44196</v>
+        <v>45291</v>
       </c>
       <c r="E1512" s="3">
-        <v>2020</v>
+        <v>2023</v>
       </c>
       <c r="F1512">
-        <v>6.4</v>
+        <v>2.4</v>
       </c>
     </row>
     <row r="1513">
       <c r="A1513" t="s">
         <v>6</v>
       </c>
       <c r="B1513" t="s">
         <v>7</v>
       </c>
       <c r="C1513" t="s">
         <v>262</v>
       </c>
       <c r="D1513" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1513" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1513">
-        <v>6.61</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1514">
       <c r="A1514" t="s">
         <v>6</v>
       </c>
       <c r="B1514" t="s">
         <v>7</v>
       </c>
       <c r="C1514" t="s">
         <v>262</v>
       </c>
       <c r="D1514" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1514" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1514">
-        <v>6.26</v>
+        <v>6.61</v>
       </c>
     </row>
     <row r="1515">
       <c r="A1515" t="s">
         <v>6</v>
       </c>
       <c r="B1515" t="s">
         <v>7</v>
       </c>
       <c r="C1515" t="s">
         <v>262</v>
       </c>
       <c r="D1515" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1515" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1515">
-        <v>6.22</v>
+        <v>6.26</v>
       </c>
     </row>
     <row r="1516">
       <c r="A1516" t="s">
         <v>6</v>
       </c>
       <c r="B1516" t="s">
         <v>7</v>
       </c>
       <c r="C1516" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="D1516" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1516" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1516">
-        <v>5.75</v>
+        <v>6.22</v>
       </c>
     </row>
     <row r="1517">
       <c r="A1517" t="s">
         <v>6</v>
       </c>
       <c r="B1517" t="s">
         <v>7</v>
       </c>
       <c r="C1517" t="s">
         <v>263</v>
       </c>
       <c r="D1517" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1517" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1517">
-        <v>5.944</v>
+        <v>5.75</v>
       </c>
     </row>
     <row r="1518">
       <c r="A1518" t="s">
         <v>6</v>
       </c>
       <c r="B1518" t="s">
         <v>7</v>
       </c>
       <c r="C1518" t="s">
         <v>263</v>
       </c>
       <c r="D1518" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1518" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1518">
-        <v>5.59249</v>
+        <v>5.944</v>
       </c>
     </row>
     <row r="1519">
       <c r="A1519" t="s">
         <v>6</v>
       </c>
       <c r="B1519" t="s">
         <v>7</v>
       </c>
       <c r="C1519" t="s">
         <v>263</v>
       </c>
       <c r="D1519" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1519" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1519">
-        <v>5.7</v>
+        <v>5.59249</v>
       </c>
     </row>
     <row r="1520">
       <c r="A1520" t="s">
         <v>6</v>
       </c>
       <c r="B1520" t="s">
         <v>7</v>
       </c>
       <c r="C1520" t="s">
         <v>263</v>
       </c>
       <c r="D1520" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1520" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1520">
-        <v>5.6</v>
+        <v>5.7</v>
       </c>
     </row>
     <row r="1521">
       <c r="A1521" t="s">
         <v>6</v>
       </c>
       <c r="B1521" t="s">
         <v>7</v>
       </c>
       <c r="C1521" t="s">
         <v>263</v>
       </c>
       <c r="D1521" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1521" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1521">
-        <v>5.8</v>
+        <v>5.6</v>
       </c>
     </row>
     <row r="1522">
       <c r="A1522" t="s">
         <v>6</v>
       </c>
       <c r="B1522" t="s">
         <v>7</v>
       </c>
       <c r="C1522" t="s">
         <v>263</v>
       </c>
       <c r="D1522" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1522" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1522">
         <v>5.8</v>
       </c>
     </row>
     <row r="1523">
       <c r="A1523" t="s">
         <v>6</v>
       </c>
       <c r="B1523" t="s">
         <v>7</v>
       </c>
       <c r="C1523" t="s">
         <v>263</v>
       </c>
       <c r="D1523" s="2">
-        <v>45291</v>
+        <v>43830</v>
       </c>
       <c r="E1523" s="3">
-        <v>2023</v>
+        <v>2019</v>
       </c>
       <c r="F1523">
-        <v>5.39</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="1524">
       <c r="A1524" t="s">
         <v>6</v>
       </c>
       <c r="B1524" t="s">
         <v>7</v>
       </c>
       <c r="C1524" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="D1524" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1524" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1524">
-        <v>5.438</v>
+        <v>5.39</v>
       </c>
     </row>
     <row r="1525">
       <c r="A1525" t="s">
         <v>6</v>
       </c>
       <c r="B1525" t="s">
         <v>7</v>
       </c>
       <c r="C1525" t="s">
         <v>264</v>
       </c>
       <c r="D1525" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1525" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1525">
-        <v>5.1468</v>
+        <v>5.438</v>
       </c>
     </row>
     <row r="1526">
       <c r="A1526" t="s">
         <v>6</v>
       </c>
       <c r="B1526" t="s">
         <v>7</v>
       </c>
       <c r="C1526" t="s">
         <v>264</v>
       </c>
       <c r="D1526" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1526" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1526">
-        <v>5.9</v>
+        <v>5.1468</v>
       </c>
     </row>
     <row r="1527">
       <c r="A1527" t="s">
         <v>6</v>
       </c>
       <c r="B1527" t="s">
         <v>7</v>
       </c>
       <c r="C1527" t="s">
         <v>264</v>
       </c>
       <c r="D1527" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1527" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1527">
-        <v>5.3</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="1528">
       <c r="A1528" t="s">
         <v>6</v>
       </c>
       <c r="B1528" t="s">
         <v>7</v>
       </c>
       <c r="C1528" t="s">
         <v>264</v>
       </c>
       <c r="D1528" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1528" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1528">
-        <v>3.81</v>
+        <v>5.3</v>
       </c>
     </row>
     <row r="1529">
       <c r="A1529" t="s">
         <v>6</v>
       </c>
       <c r="B1529" t="s">
         <v>7</v>
       </c>
       <c r="C1529" t="s">
         <v>264</v>
       </c>
       <c r="D1529" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1529" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1529">
-        <v>3.86</v>
+        <v>3.81</v>
       </c>
     </row>
     <row r="1530">
       <c r="A1530" t="s">
         <v>6</v>
       </c>
       <c r="B1530" t="s">
         <v>7</v>
       </c>
       <c r="C1530" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="D1530" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E1530" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F1530">
-        <v>2.53593</v>
+        <v>3.86</v>
       </c>
     </row>
     <row r="1531">
       <c r="A1531" t="s">
         <v>6</v>
       </c>
       <c r="B1531" t="s">
         <v>7</v>
       </c>
       <c r="C1531" t="s">
         <v>265</v>
       </c>
       <c r="D1531" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1531" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1531">
-        <v>2.8</v>
+        <v>2.53593</v>
       </c>
     </row>
     <row r="1532">
       <c r="A1532" t="s">
         <v>6</v>
       </c>
       <c r="B1532" t="s">
         <v>7</v>
       </c>
       <c r="C1532" t="s">
         <v>265</v>
       </c>
       <c r="D1532" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1532" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1532">
-        <v>2.5</v>
+        <v>2.8</v>
       </c>
     </row>
     <row r="1533">
       <c r="A1533" t="s">
         <v>6</v>
       </c>
       <c r="B1533" t="s">
         <v>7</v>
       </c>
       <c r="C1533" t="s">
         <v>265</v>
       </c>
       <c r="D1533" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1533" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1533">
-        <v>1.24</v>
+        <v>2.5</v>
       </c>
     </row>
     <row r="1534">
       <c r="A1534" t="s">
         <v>6</v>
       </c>
       <c r="B1534" t="s">
         <v>7</v>
       </c>
       <c r="C1534" t="s">
         <v>265</v>
       </c>
       <c r="D1534" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1534" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1534">
-        <v>1.84</v>
+        <v>1.24</v>
       </c>
     </row>
     <row r="1535">
       <c r="A1535" t="s">
         <v>6</v>
       </c>
       <c r="B1535" t="s">
         <v>7</v>
       </c>
       <c r="C1535" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
       <c r="D1535" s="2">
-        <v>42369</v>
+        <v>45291</v>
       </c>
       <c r="E1535" s="3">
-        <v>2015</v>
+        <v>2023</v>
       </c>
       <c r="F1535">
-        <v>6.76047</v>
+        <v>1.84</v>
       </c>
     </row>
     <row r="1536">
       <c r="A1536" t="s">
         <v>6</v>
       </c>
       <c r="B1536" t="s">
         <v>7</v>
       </c>
       <c r="C1536" t="s">
-        <v>267</v>
+        <v>266</v>
       </c>
       <c r="D1536" s="2">
-        <v>44926</v>
+        <v>42369</v>
       </c>
       <c r="E1536" s="3">
-        <v>2022</v>
+        <v>2015</v>
       </c>
       <c r="F1536">
-        <v>2.38</v>
+        <v>6.76047</v>
       </c>
     </row>
     <row r="1537">
       <c r="A1537" t="s">
         <v>6</v>
       </c>
       <c r="B1537" t="s">
         <v>7</v>
       </c>
       <c r="C1537" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="D1537" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E1537" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F1537">
-        <v>6.822</v>
+        <v>2.38</v>
       </c>
     </row>
     <row r="1538">
       <c r="A1538" t="s">
         <v>6</v>
       </c>
       <c r="B1538" t="s">
         <v>7</v>
       </c>
       <c r="C1538" t="s">
         <v>268</v>
       </c>
       <c r="D1538" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1538" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1538">
-        <v>6.683</v>
+        <v>6.822</v>
       </c>
     </row>
     <row r="1539">
       <c r="A1539" t="s">
         <v>6</v>
       </c>
       <c r="B1539" t="s">
         <v>7</v>
       </c>
       <c r="C1539" t="s">
         <v>268</v>
       </c>
       <c r="D1539" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1539" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1539">
-        <v>6.59848</v>
+        <v>6.683</v>
       </c>
     </row>
     <row r="1540">
       <c r="A1540" t="s">
         <v>6</v>
       </c>
       <c r="B1540" t="s">
         <v>7</v>
       </c>
       <c r="C1540" t="s">
         <v>268</v>
       </c>
       <c r="D1540" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1540" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1540">
-        <v>7.1</v>
+        <v>6.59848</v>
       </c>
     </row>
     <row r="1541">
       <c r="A1541" t="s">
         <v>6</v>
       </c>
       <c r="B1541" t="s">
         <v>7</v>
       </c>
       <c r="C1541" t="s">
         <v>268</v>
       </c>
       <c r="D1541" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1541" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1541">
-        <v>6.6</v>
+        <v>7.1</v>
       </c>
     </row>
     <row r="1542">
       <c r="A1542" t="s">
         <v>6</v>
       </c>
       <c r="B1542" t="s">
         <v>7</v>
       </c>
       <c r="C1542" t="s">
         <v>268</v>
       </c>
       <c r="D1542" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1542" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1542">
-        <v>6.4</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1543">
       <c r="A1543" t="s">
         <v>6</v>
       </c>
       <c r="B1543" t="s">
         <v>7</v>
       </c>
       <c r="C1543" t="s">
         <v>268</v>
       </c>
       <c r="D1543" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1543" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1543">
         <v>6.4</v>
       </c>
     </row>
     <row r="1544">
       <c r="A1544" t="s">
         <v>6</v>
       </c>
       <c r="B1544" t="s">
         <v>7</v>
       </c>
       <c r="C1544" t="s">
         <v>268</v>
       </c>
       <c r="D1544" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1544" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1544">
-        <v>6.79</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1545">
       <c r="A1545" t="s">
         <v>6</v>
       </c>
       <c r="B1545" t="s">
         <v>7</v>
       </c>
       <c r="C1545" t="s">
         <v>268</v>
       </c>
       <c r="D1545" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1545" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1545">
-        <v>6.65</v>
+        <v>6.79</v>
       </c>
     </row>
     <row r="1546">
       <c r="A1546" t="s">
         <v>6</v>
       </c>
       <c r="B1546" t="s">
         <v>7</v>
       </c>
       <c r="C1546" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="D1546" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E1546" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F1546">
-        <v>5.805</v>
+        <v>6.65</v>
       </c>
     </row>
     <row r="1547">
       <c r="A1547" t="s">
         <v>6</v>
       </c>
       <c r="B1547" t="s">
         <v>7</v>
       </c>
       <c r="C1547" t="s">
         <v>269</v>
       </c>
       <c r="D1547" s="2">
-        <v>43465</v>
+        <v>42004</v>
       </c>
       <c r="E1547" s="3">
-        <v>2018</v>
+        <v>2014</v>
       </c>
       <c r="F1547">
-        <v>5.5</v>
+        <v>5.805</v>
       </c>
     </row>
     <row r="1548">
       <c r="A1548" t="s">
         <v>6</v>
       </c>
       <c r="B1548" t="s">
         <v>7</v>
       </c>
       <c r="C1548" t="s">
         <v>269</v>
       </c>
       <c r="D1548" s="2">
-        <v>44926</v>
+        <v>43465</v>
       </c>
       <c r="E1548" s="3">
-        <v>2022</v>
+        <v>2018</v>
       </c>
       <c r="F1548">
-        <v>3.79</v>
+        <v>5.5</v>
       </c>
     </row>
     <row r="1549">
       <c r="A1549" t="s">
         <v>6</v>
       </c>
       <c r="B1549" t="s">
         <v>7</v>
       </c>
       <c r="C1549" t="s">
-        <v>270</v>
+        <v>269</v>
       </c>
       <c r="D1549" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E1549" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F1549">
-        <v>6.495</v>
+        <v>3.79</v>
       </c>
     </row>
     <row r="1550">
       <c r="A1550" t="s">
         <v>6</v>
       </c>
       <c r="B1550" t="s">
         <v>7</v>
       </c>
       <c r="C1550" t="s">
         <v>270</v>
       </c>
       <c r="D1550" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1550" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1550">
-        <v>6.81183</v>
+        <v>6.495</v>
       </c>
     </row>
     <row r="1551">
       <c r="A1551" t="s">
         <v>6</v>
       </c>
       <c r="B1551" t="s">
         <v>7</v>
       </c>
       <c r="C1551" t="s">
         <v>270</v>
       </c>
       <c r="D1551" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1551" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1551">
-        <v>6.6</v>
+        <v>6.81183</v>
       </c>
     </row>
     <row r="1552">
       <c r="A1552" t="s">
         <v>6</v>
       </c>
       <c r="B1552" t="s">
         <v>7</v>
       </c>
       <c r="C1552" t="s">
         <v>270</v>
       </c>
       <c r="D1552" s="2">
-        <v>43100</v>
+        <v>42735</v>
       </c>
       <c r="E1552" s="3">
-        <v>2017</v>
+        <v>2016</v>
       </c>
       <c r="F1552">
-        <v>6.7</v>
+        <v>6.6</v>
       </c>
     </row>
     <row r="1553">
       <c r="A1553" t="s">
         <v>6</v>
       </c>
       <c r="B1553" t="s">
         <v>7</v>
       </c>
       <c r="C1553" t="s">
         <v>270</v>
       </c>
       <c r="D1553" s="2">
-        <v>43465</v>
+        <v>43100</v>
       </c>
       <c r="E1553" s="3">
-        <v>2018</v>
+        <v>2017</v>
       </c>
       <c r="F1553">
-        <v>6.4</v>
+        <v>6.7</v>
       </c>
     </row>
     <row r="1554">
       <c r="A1554" t="s">
         <v>6</v>
       </c>
       <c r="B1554" t="s">
         <v>7</v>
       </c>
       <c r="C1554" t="s">
         <v>270</v>
       </c>
       <c r="D1554" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1554" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1554">
-        <v>6.5</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1555">
       <c r="A1555" t="s">
         <v>6</v>
       </c>
       <c r="B1555" t="s">
         <v>7</v>
       </c>
       <c r="C1555" t="s">
         <v>270</v>
       </c>
       <c r="D1555" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1555" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1555">
-        <v>6.4</v>
+        <v>6.5</v>
       </c>
     </row>
     <row r="1556">
       <c r="A1556" t="s">
         <v>6</v>
       </c>
       <c r="B1556" t="s">
         <v>7</v>
       </c>
       <c r="C1556" t="s">
         <v>270</v>
       </c>
       <c r="D1556" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1556" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1556">
-        <v>6.57</v>
+        <v>6.4</v>
       </c>
     </row>
     <row r="1557">
       <c r="A1557" t="s">
         <v>6</v>
       </c>
       <c r="B1557" t="s">
         <v>7</v>
       </c>
       <c r="C1557" t="s">
         <v>270</v>
       </c>
       <c r="D1557" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1557" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1557">
-        <v>6.22</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="1558">
       <c r="A1558" t="s">
         <v>6</v>
       </c>
       <c r="B1558" t="s">
         <v>7</v>
       </c>
       <c r="C1558" t="s">
         <v>270</v>
       </c>
       <c r="D1558" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1558" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1558">
-        <v>6.47</v>
+        <v>6.22</v>
       </c>
     </row>
     <row r="1559">
       <c r="A1559" t="s">
         <v>6</v>
       </c>
       <c r="B1559" t="s">
         <v>7</v>
       </c>
       <c r="C1559" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="D1559" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1559" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1559">
-        <v>5.221</v>
+        <v>6.47</v>
       </c>
     </row>
     <row r="1560">
       <c r="A1560" t="s">
         <v>6</v>
       </c>
       <c r="B1560" t="s">
         <v>7</v>
       </c>
       <c r="C1560" t="s">
         <v>271</v>
       </c>
       <c r="D1560" s="2">
-        <v>42369</v>
+        <v>41274</v>
       </c>
       <c r="E1560" s="3">
-        <v>2015</v>
+        <v>2012</v>
       </c>
       <c r="F1560">
-        <v>5.31217</v>
+        <v>5.221</v>
       </c>
     </row>
     <row r="1561">
       <c r="A1561" t="s">
         <v>6</v>
       </c>
       <c r="B1561" t="s">
         <v>7</v>
       </c>
       <c r="C1561" t="s">
         <v>271</v>
       </c>
       <c r="D1561" s="2">
-        <v>43830</v>
+        <v>42369</v>
       </c>
       <c r="E1561" s="3">
-        <v>2019</v>
+        <v>2015</v>
       </c>
       <c r="F1561">
-        <v>5.8</v>
+        <v>5.31217</v>
       </c>
     </row>
     <row r="1562">
       <c r="A1562" t="s">
         <v>6</v>
       </c>
       <c r="B1562" t="s">
         <v>7</v>
       </c>
       <c r="C1562" t="s">
         <v>271</v>
       </c>
       <c r="D1562" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1562" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1562">
-        <v>4.3</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="1563">
       <c r="A1563" t="s">
         <v>6</v>
       </c>
       <c r="B1563" t="s">
         <v>7</v>
       </c>
       <c r="C1563" t="s">
         <v>271</v>
       </c>
       <c r="D1563" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1563" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1563">
-        <v>4.78</v>
+        <v>4.3</v>
       </c>
     </row>
     <row r="1564">
       <c r="A1564" t="s">
         <v>6</v>
       </c>
       <c r="B1564" t="s">
         <v>7</v>
       </c>
       <c r="C1564" t="s">
         <v>271</v>
       </c>
       <c r="D1564" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1564" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1564">
-        <v>4.64</v>
+        <v>4.78</v>
       </c>
     </row>
     <row r="1565">
       <c r="A1565" t="s">
         <v>6</v>
       </c>
       <c r="B1565" t="s">
         <v>7</v>
       </c>
       <c r="C1565" t="s">
-        <v>272</v>
+        <v>271</v>
       </c>
       <c r="D1565" s="2">
-        <v>42004</v>
+        <v>45291</v>
       </c>
       <c r="E1565" s="3">
-        <v>2014</v>
+        <v>2023</v>
       </c>
       <c r="F1565">
-        <v>4.653</v>
+        <v>4.64</v>
       </c>
     </row>
     <row r="1566">
       <c r="A1566" t="s">
         <v>6</v>
       </c>
       <c r="B1566" t="s">
         <v>7</v>
       </c>
       <c r="C1566" t="s">
         <v>272</v>
       </c>
       <c r="D1566" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1566" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1566">
-        <v>4.4</v>
+        <v>4.653</v>
       </c>
     </row>
     <row r="1567">
       <c r="A1567" t="s">
         <v>6</v>
       </c>
       <c r="B1567" t="s">
         <v>7</v>
       </c>
       <c r="C1567" t="s">
         <v>272</v>
       </c>
       <c r="D1567" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1567" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1567">
-        <v>4.2</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="1568">
       <c r="A1568" t="s">
         <v>6</v>
       </c>
       <c r="B1568" t="s">
         <v>7</v>
       </c>
       <c r="C1568" t="s">
         <v>272</v>
       </c>
       <c r="D1568" s="2">
-        <v>44196</v>
+        <v>43465</v>
       </c>
       <c r="E1568" s="3">
-        <v>2020</v>
+        <v>2018</v>
       </c>
       <c r="F1568">
-        <v>4.4</v>
+        <v>4.2</v>
       </c>
     </row>
     <row r="1569">
       <c r="A1569" t="s">
         <v>6</v>
       </c>
       <c r="B1569" t="s">
         <v>7</v>
       </c>
       <c r="C1569" t="s">
         <v>272</v>
       </c>
       <c r="D1569" s="2">
-        <v>44926</v>
+        <v>44196</v>
       </c>
       <c r="E1569" s="3">
-        <v>2022</v>
+        <v>2020</v>
       </c>
       <c r="F1569">
-        <v>3.38</v>
+        <v>4.4</v>
       </c>
     </row>
     <row r="1570">
       <c r="A1570" t="s">
         <v>6</v>
       </c>
       <c r="B1570" t="s">
         <v>7</v>
       </c>
       <c r="C1570" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="D1570" s="2">
-        <v>41274</v>
+        <v>44926</v>
       </c>
       <c r="E1570" s="3">
-        <v>2012</v>
+        <v>2022</v>
       </c>
       <c r="F1570">
-        <v>6.072</v>
+        <v>3.38</v>
       </c>
     </row>
     <row r="1571">
       <c r="A1571" t="s">
         <v>6</v>
       </c>
       <c r="B1571" t="s">
         <v>7</v>
       </c>
       <c r="C1571" t="s">
         <v>273</v>
       </c>
       <c r="D1571" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1571" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1571">
-        <v>6.086</v>
+        <v>6.072</v>
       </c>
     </row>
     <row r="1572">
       <c r="A1572" t="s">
         <v>6</v>
       </c>
       <c r="B1572" t="s">
         <v>7</v>
       </c>
       <c r="C1572" t="s">
         <v>273</v>
       </c>
       <c r="D1572" s="2">
-        <v>42735</v>
+        <v>42004</v>
       </c>
       <c r="E1572" s="3">
-        <v>2016</v>
+        <v>2014</v>
       </c>
       <c r="F1572">
-        <v>5.8</v>
+        <v>6.086</v>
       </c>
     </row>
     <row r="1573">
       <c r="A1573" t="s">
         <v>6</v>
       </c>
       <c r="B1573" t="s">
         <v>7</v>
       </c>
       <c r="C1573" t="s">
         <v>273</v>
       </c>
       <c r="D1573" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1573" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1573">
-        <v>5.9</v>
+        <v>5.8</v>
       </c>
     </row>
     <row r="1574">
       <c r="A1574" t="s">
         <v>6</v>
       </c>
       <c r="B1574" t="s">
         <v>7</v>
       </c>
       <c r="C1574" t="s">
         <v>273</v>
       </c>
       <c r="D1574" s="2">
-        <v>44561</v>
+        <v>43465</v>
       </c>
       <c r="E1574" s="3">
-        <v>2021</v>
+        <v>2018</v>
       </c>
       <c r="F1574">
-        <v>6.58</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="1575">
       <c r="A1575" t="s">
         <v>6</v>
       </c>
       <c r="B1575" t="s">
         <v>7</v>
       </c>
       <c r="C1575" t="s">
         <v>273</v>
       </c>
       <c r="D1575" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1575" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1575">
-        <v>7.07</v>
+        <v>6.58</v>
       </c>
     </row>
     <row r="1576">
       <c r="A1576" t="s">
         <v>6</v>
       </c>
       <c r="B1576" t="s">
         <v>7</v>
       </c>
       <c r="C1576" t="s">
-        <v>274</v>
+        <v>273</v>
       </c>
       <c r="D1576" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1576" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1576">
-        <v>5.403</v>
+        <v>7.07</v>
       </c>
     </row>
     <row r="1577">
       <c r="A1577" t="s">
         <v>6</v>
       </c>
       <c r="B1577" t="s">
         <v>7</v>
       </c>
       <c r="C1577" t="s">
         <v>274</v>
       </c>
       <c r="D1577" s="2">
-        <v>42369</v>
+        <v>41639</v>
       </c>
       <c r="E1577" s="3">
-        <v>2015</v>
+        <v>2013</v>
       </c>
       <c r="F1577">
-        <v>5.61993</v>
+        <v>5.403</v>
       </c>
     </row>
     <row r="1578">
       <c r="A1578" t="s">
         <v>6</v>
       </c>
       <c r="B1578" t="s">
         <v>7</v>
       </c>
       <c r="C1578" t="s">
         <v>274</v>
       </c>
       <c r="D1578" s="2">
-        <v>44561</v>
+        <v>42369</v>
       </c>
       <c r="E1578" s="3">
-        <v>2021</v>
+        <v>2015</v>
       </c>
       <c r="F1578">
-        <v>6.62</v>
+        <v>5.61993</v>
       </c>
     </row>
     <row r="1579">
       <c r="A1579" t="s">
         <v>6</v>
       </c>
       <c r="B1579" t="s">
         <v>7</v>
       </c>
       <c r="C1579" t="s">
         <v>274</v>
       </c>
       <c r="D1579" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1579" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1579">
-        <v>6.79</v>
+        <v>6.62</v>
       </c>
     </row>
     <row r="1580">
       <c r="A1580" t="s">
         <v>6</v>
       </c>
       <c r="B1580" t="s">
         <v>7</v>
       </c>
       <c r="C1580" t="s">
-        <v>275</v>
+        <v>274</v>
       </c>
       <c r="D1580" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1580" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1580">
-        <v>5.976</v>
+        <v>6.79</v>
       </c>
     </row>
     <row r="1581">
       <c r="A1581" t="s">
         <v>6</v>
       </c>
       <c r="B1581" t="s">
         <v>7</v>
       </c>
       <c r="C1581" t="s">
         <v>275</v>
       </c>
       <c r="D1581" s="2">
-        <v>41639</v>
+        <v>41274</v>
       </c>
       <c r="E1581" s="3">
-        <v>2013</v>
+        <v>2012</v>
       </c>
       <c r="F1581">
-        <v>5.917</v>
+        <v>5.976</v>
       </c>
     </row>
     <row r="1582">
       <c r="A1582" t="s">
         <v>6</v>
       </c>
       <c r="B1582" t="s">
         <v>7</v>
       </c>
       <c r="C1582" t="s">
         <v>275</v>
       </c>
       <c r="D1582" s="2">
-        <v>42004</v>
+        <v>41639</v>
       </c>
       <c r="E1582" s="3">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="F1582">
-        <v>6.116</v>
+        <v>5.917</v>
       </c>
     </row>
     <row r="1583">
       <c r="A1583" t="s">
         <v>6</v>
       </c>
       <c r="B1583" t="s">
         <v>7</v>
       </c>
       <c r="C1583" t="s">
         <v>275</v>
       </c>
       <c r="D1583" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1583" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1583">
-        <v>6.03718</v>
+        <v>6.116</v>
       </c>
     </row>
     <row r="1584">
       <c r="A1584" t="s">
         <v>6</v>
       </c>
       <c r="B1584" t="s">
         <v>7</v>
       </c>
       <c r="C1584" t="s">
         <v>275</v>
       </c>
       <c r="D1584" s="2">
-        <v>42735</v>
+        <v>42369</v>
       </c>
       <c r="E1584" s="3">
-        <v>2016</v>
+        <v>2015</v>
       </c>
       <c r="F1584">
-        <v>6.2</v>
+        <v>6.03718</v>
       </c>
     </row>
     <row r="1585">
       <c r="A1585" t="s">
         <v>6</v>
       </c>
       <c r="B1585" t="s">
         <v>7</v>
       </c>
       <c r="C1585" t="s">
         <v>275</v>
       </c>
       <c r="D1585" s="2">
-        <v>43465</v>
+        <v>42735</v>
       </c>
       <c r="E1585" s="3">
-        <v>2018</v>
+        <v>2016</v>
       </c>
       <c r="F1585">
-        <v>5.9</v>
+        <v>6.2</v>
       </c>
     </row>
     <row r="1586">
       <c r="A1586" t="s">
         <v>6</v>
       </c>
       <c r="B1586" t="s">
         <v>7</v>
       </c>
       <c r="C1586" t="s">
         <v>275</v>
       </c>
       <c r="D1586" s="2">
-        <v>43830</v>
+        <v>43465</v>
       </c>
       <c r="E1586" s="3">
-        <v>2019</v>
+        <v>2018</v>
       </c>
       <c r="F1586">
         <v>5.9</v>
       </c>
     </row>
     <row r="1587">
       <c r="A1587" t="s">
         <v>6</v>
       </c>
       <c r="B1587" t="s">
         <v>7</v>
       </c>
       <c r="C1587" t="s">
         <v>275</v>
       </c>
       <c r="D1587" s="2">
-        <v>44196</v>
+        <v>43830</v>
       </c>
       <c r="E1587" s="3">
-        <v>2020</v>
+        <v>2019</v>
       </c>
       <c r="F1587">
         <v>5.9</v>
       </c>
     </row>
     <row r="1588">
       <c r="A1588" t="s">
         <v>6</v>
       </c>
       <c r="B1588" t="s">
         <v>7</v>
       </c>
       <c r="C1588" t="s">
         <v>275</v>
       </c>
       <c r="D1588" s="2">
-        <v>44561</v>
+        <v>44196</v>
       </c>
       <c r="E1588" s="3">
-        <v>2021</v>
+        <v>2020</v>
       </c>
       <c r="F1588">
-        <v>6.22</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="1589">
       <c r="A1589" t="s">
         <v>6</v>
       </c>
       <c r="B1589" t="s">
         <v>7</v>
       </c>
       <c r="C1589" t="s">
         <v>275</v>
       </c>
       <c r="D1589" s="2">
-        <v>44926</v>
+        <v>44561</v>
       </c>
       <c r="E1589" s="3">
-        <v>2022</v>
+        <v>2021</v>
       </c>
       <c r="F1589">
-        <v>6.03</v>
+        <v>6.22</v>
       </c>
     </row>
     <row r="1590">
       <c r="A1590" t="s">
         <v>6</v>
       </c>
       <c r="B1590" t="s">
         <v>7</v>
       </c>
       <c r="C1590" t="s">
         <v>275</v>
       </c>
       <c r="D1590" s="2">
-        <v>45291</v>
+        <v>44926</v>
       </c>
       <c r="E1590" s="3">
-        <v>2023</v>
+        <v>2022</v>
       </c>
       <c r="F1590">
-        <v>6.57</v>
+        <v>6.03</v>
       </c>
     </row>
     <row r="1591">
       <c r="A1591" t="s">
         <v>6</v>
       </c>
       <c r="B1591" t="s">
         <v>7</v>
       </c>
       <c r="C1591" t="s">
-        <v>276</v>
+        <v>275</v>
       </c>
       <c r="D1591" s="2">
-        <v>41274</v>
+        <v>45291</v>
       </c>
       <c r="E1591" s="3">
-        <v>2012</v>
+        <v>2023</v>
       </c>
       <c r="F1591">
-        <v>5.548</v>
+        <v>6.57</v>
       </c>
     </row>
     <row r="1592">
       <c r="A1592" t="s">
         <v>6</v>
       </c>
       <c r="B1592" t="s">
         <v>7</v>
       </c>
       <c r="C1592" t="s">
         <v>276</v>
       </c>
       <c r="D1592" s="2">
-        <v>42004</v>
+        <v>41274</v>
       </c>
       <c r="E1592" s="3">
-        <v>2014</v>
+        <v>2012</v>
       </c>
       <c r="F1592">
-        <v>5.379</v>
+        <v>5.548</v>
       </c>
     </row>
     <row r="1593">
       <c r="A1593" t="s">
         <v>6</v>
       </c>
       <c r="B1593" t="s">
         <v>7</v>
       </c>
       <c r="C1593" t="s">
         <v>276</v>
       </c>
       <c r="D1593" s="2">
-        <v>42369</v>
+        <v>42004</v>
       </c>
       <c r="E1593" s="3">
-        <v>2015</v>
+        <v>2014</v>
       </c>
       <c r="F1593">
-        <v>5.86492</v>
+        <v>5.379</v>
       </c>
     </row>
     <row r="1594">
       <c r="A1594" t="s">
         <v>6</v>
       </c>
       <c r="B1594" t="s">
         <v>7</v>
       </c>
       <c r="C1594" t="s">
         <v>276</v>
       </c>
       <c r="D1594" s="2">
-        <v>43100</v>
+        <v>42369</v>
       </c>
       <c r="E1594" s="3">
-        <v>2017</v>
+        <v>2015</v>
       </c>
       <c r="F1594">
-        <v>6.1</v>
+        <v>5.86492</v>
       </c>
     </row>
     <row r="1595">
       <c r="A1595" t="s">
         <v>6</v>
       </c>
       <c r="B1595" t="s">
         <v>7</v>
       </c>
       <c r="C1595" t="s">
         <v>276</v>
       </c>
       <c r="D1595" s="2">
-        <v>43830</v>
+        <v>43100</v>
       </c>
       <c r="E1595" s="3">
-        <v>2019</v>
+        <v>2017</v>
       </c>
       <c r="F1595">
-        <v>5.9</v>
+        <v>6.1</v>
       </c>
     </row>
     <row r="1596">
       <c r="A1596" t="s">
         <v>6</v>
       </c>
       <c r="B1596" t="s">
         <v>7</v>
       </c>
       <c r="C1596" t="s">
         <v>276</v>
       </c>
       <c r="D1596" s="2">
-        <v>44561</v>
+        <v>43830</v>
       </c>
       <c r="E1596" s="3">
-        <v>2021</v>
+        <v>2019</v>
       </c>
       <c r="F1596">
-        <v>6.09</v>
+        <v>5.9</v>
       </c>
     </row>
     <row r="1597">
       <c r="A1597" t="s">
         <v>6</v>
       </c>
       <c r="B1597" t="s">
         <v>7</v>
       </c>
       <c r="C1597" t="s">
         <v>276</v>
       </c>
       <c r="D1597" s="2">
-        <v>45291</v>
+        <v>44561</v>
       </c>
       <c r="E1597" s="3">
-        <v>2023</v>
+        <v>2021</v>
       </c>
       <c r="F1597">
-        <v>5.67</v>
+        <v>6.09</v>
       </c>
     </row>
     <row r="1598">
       <c r="A1598" t="s">
         <v>6</v>
       </c>
       <c r="B1598" t="s">
         <v>7</v>
       </c>
       <c r="C1598" t="s">
-        <v>277</v>
+        <v>276</v>
       </c>
       <c r="D1598" s="2">
-        <v>41639</v>
+        <v>45291</v>
       </c>
       <c r="E1598" s="3">
-        <v>2013</v>
+        <v>2023</v>
       </c>
       <c r="F1598">
-        <v>3.023</v>
+        <v>5.67</v>
       </c>
     </row>
     <row r="1599">
       <c r="A1599" t="s">
         <v>6</v>
       </c>
       <c r="B1599" t="s">
         <v>7</v>
       </c>
       <c r="C1599" t="s">
         <v>277</v>
       </c>
       <c r="D1599" s="2">
-        <v>42735</v>
+        <v>41639</v>
       </c>
       <c r="E1599" s="3">
-        <v>2016</v>
+        <v>2013</v>
       </c>
       <c r="F1599">
-        <v>3.3</v>
+        <v>3.023</v>
       </c>
     </row>
     <row r="1600">
       <c r="A1600" t="s">
         <v>6</v>
       </c>
       <c r="B1600" t="s">
         <v>7</v>
       </c>
       <c r="C1600" t="s">
         <v>277</v>
       </c>
       <c r="D1600" s="2">
-        <v>43830</v>
+        <v>42735</v>
       </c>
       <c r="E1600" s="3">
-        <v>2019</v>
+        <v>2016</v>
       </c>
       <c r="F1600">
-        <v>3</v>
+        <v>3.3</v>
       </c>
     </row>
     <row r="1601">
       <c r="A1601" t="s">
         <v>6</v>
       </c>
       <c r="B1601" t="s">
         <v>7</v>
       </c>
       <c r="C1601" t="s">
         <v>277</v>
       </c>
       <c r="D1601" s="2">
-        <v>44926</v>
+        <v>43830</v>
       </c>
       <c r="E1601" s="3">
-        <v>2022</v>
+        <v>2019</v>
       </c>
       <c r="F1601">
-        <v>0.94</v>
+        <v>3</v>
       </c>
     </row>
     <row r="1602">
       <c r="A1602" t="s">
         <v>6</v>
       </c>
       <c r="B1602" t="s">
         <v>7</v>
       </c>
       <c r="C1602" t="s">
-        <v>278</v>
+        <v>277</v>
       </c>
       <c r="D1602" s="2">
-        <v>41639</v>
+        <v>44926</v>
       </c>
       <c r="E1602" s="3">
-        <v>2013</v>
+        <v>2022</v>
       </c>
       <c r="F1602">
-        <v>3.606</v>
+        <v>0.94</v>
       </c>
     </row>
     <row r="1603">
       <c r="A1603" t="s">
         <v>6</v>
       </c>
       <c r="B1603" t="s">
         <v>7</v>
       </c>
       <c r="C1603" t="s">
         <v>278</v>
       </c>
       <c r="D1603" s="2">
+        <v>41639</v>
+      </c>
+      <c r="E1603" s="3">
+        <v>2013</v>
+      </c>
+      <c r="F1603">
+        <v>3.606</v>
+      </c>
+    </row>
+    <row r="1604">
+      <c r="A1604" t="s">
+        <v>6</v>
+      </c>
+      <c r="B1604" t="s">
+        <v>7</v>
+      </c>
+      <c r="C1604" t="s">
+        <v>278</v>
+      </c>
+      <c r="D1604" s="2">
         <v>42369</v>
       </c>
-      <c r="E1603" s="3">
+      <c r="E1604" s="3">
         <v>2015</v>
       </c>
-      <c r="F1603">
+      <c r="F1604">
         <v>3.65022</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.69999999999999996" right="0.69999999999999996" top="0.75" bottom="0.75" header="0.29999999999999999" footer="0.29999999999999999"/>
   <pageSetup orientation="portrait" scale="100" paperSize="9" fitToWidth="0" fitToHeight="0" horizontalDpi="0" verticalDpi="0" copies="1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>GemBox.Spreadsheet</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator/>